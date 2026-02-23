--- v0 (2025-12-30)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="652">
   <si>
     <t>RDP - Link</t>
   </si>
   <si>
     <t>Working Groups</t>
   </si>
   <si>
     <t>Subproject</t>
   </si>
   <si>
     <t>Open Access</t>
   </si>
   <si>
     <t>Publication Type</t>
   </si>
   <si>
     <t>Peer Reviewed</t>
   </si>
   <si>
     <t>PMID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
@@ -611,50 +611,176 @@
   <si>
     <t>rg-kusch, rg-moser</t>
   </si>
   <si>
     <t>A04, B01</t>
   </si>
   <si>
     <t>10.1101/2025.11.16.688700</t>
   </si>
   <si>
     <t>CochleaNet: deep learning-based image analysis for cochlear connectomics and gene therapy</t>
   </si>
   <si>
     <t>https://doi.org/10.1101/2025.11.16.688700</t>
   </si>
   <si>
     <t>Roos L, Diniz AM, Koert E, Schilling M, Uhl M, Thirumalai A, Aakhte M, Kusch K, Huisken J, Moser T, Pape C</t>
   </si>
   <si>
     <t>Roos L</t>
   </si>
   <si>
     <t>2025-11-19 07:40:48</t>
   </si>
   <si>
+    <t>http://rdp.sfb1690.uni-goettingen.de/literature/publication/16</t>
+  </si>
+  <si>
+    <t>rg-kusch, rg-mager, rg-moser, rg-wolf</t>
+  </si>
+  <si>
+    <t>10.1038/s44321-025-00350-z</t>
+  </si>
+  <si>
+    <t>Channelrhodopsin variants for high-rate optogenetic neurostimulation at low light intensities</t>
+  </si>
+  <si>
+    <t>EMBO Molecular Medicine</t>
+  </si>
+  <si>
+    <t>1757-4676</t>
+  </si>
+  <si>
+    <t>1757-4684</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s44321-025-00350-z</t>
+  </si>
+  <si>
+    <t>EMBO Mol Med</t>
+  </si>
+  <si>
+    <t>Roos L, Garrido-Charles A, Albrecht N, Vavakou A, Alekseev A, Bleyer M, Thirumalai A, Mittring A, Alvanos T, Huet AT, Bamberg E, Kusch K, Wolf BJ, Moser T, Mager T</t>
+  </si>
+  <si>
+    <t>Mager T</t>
+  </si>
+  <si>
+    <t>2026-01-09 12:05:05</t>
+  </si>
+  <si>
+    <t>http://rdp.sfb1690.uni-goettingen.de/literature/publication/17</t>
+  </si>
+  <si>
+    <t>10.1007/s12035-025-05615-9</t>
+  </si>
+  <si>
+    <t>Expansion of Molecular and Clinical Aspects of EPS8L2 (DFNB106)-Associated Hearing Loss Emphasizes a Potential Therapeutic Window</t>
+  </si>
+  <si>
+    <t>Molecular Neurobiology</t>
+  </si>
+  <si>
+    <t>0893-7648</t>
+  </si>
+  <si>
+    <t>1559-1182</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1007/s12035-025-05615-9</t>
+  </si>
+  <si>
+    <t>Mol Neurobiol</t>
+  </si>
+  <si>
+    <t>Owrang D, Rad A, Alerasool M, Kolb SM, Lin S, Doll J, Alidadiani N, Ghaderi S, Hofrichter MAH, Maroofian R, Varshney GK, Mojarrad M, Bartsch O, Haaf T, Vona B</t>
+  </si>
+  <si>
+    <t>2026-01-13 13:14:59</t>
+  </si>
+  <si>
+    <t>http://rdp.sfb1690.uni-goettingen.de/literature/publication/18</t>
+  </si>
+  <si>
+    <t>rg-diester</t>
+  </si>
+  <si>
+    <t>B08</t>
+  </si>
+  <si>
+    <t>10.31234/osf.io/dpcwy_v1</t>
+  </si>
+  <si>
+    <t>Burst-related potentials as a temporal anchor for cognition</t>
+  </si>
+  <si>
+    <t>PsyArXiv</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.31234/osf.io/dpcwy_v1</t>
+  </si>
+  <si>
+    <t>Schuma MC, Landau AN, Diester I, Anderson M, Kavrat G</t>
+  </si>
+  <si>
+    <t>Schuma MC</t>
+  </si>
+  <si>
+    <t>Kavrat G</t>
+  </si>
+  <si>
+    <t>2026-01-19 14:53:02</t>
+  </si>
+  <si>
+    <t>http://rdp.sfb1690.uni-goettingen.de/literature/publication/19</t>
+  </si>
+  <si>
+    <t>10.64898/2026.01.28.26344748</t>
+  </si>
+  <si>
+    <t>XPOT Deficiency causes a human disorder through impaired tRNA nuclear export</t>
+  </si>
+  <si>
+    <t>3067-2007</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.64898/2026.01.28.26344748</t>
+  </si>
+  <si>
+    <t>von Hardenberg S, Niehaus I, Wiemers A, Rothoeft T, Huang K, Petree C, Schäffer V, Phillipe C, Bruel A, Warnatz K, Zamani M, Ahmadi R, Sedaghat A, Bahram S, Sedighzadeh S, Ebrahimi S, Khalilian S, Landwehr-Kenzel S, Schwerk N, Elsayed A, Rösler J, Lin S, Sabu S, Strenzke N, Sogkas G, Vona B, Varshney GK, Di Donato N, Auber B</t>
+  </si>
+  <si>
+    <t>von Hardenberg S</t>
+  </si>
+  <si>
+    <t>Auber B</t>
+  </si>
+  <si>
+    <t>2026-02-09 08:44:38</t>
+  </si>
+  <si>
     <t>GRO.data: https://doi.org/10.25625/KVGHV2</t>
   </si>
   <si>
     <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148887=</t>
   </si>
   <si>
     <t>Generic External ID: https://www.nature.com/articles/s41467-025-58738-x.pdf</t>
   </si>
   <si>
     <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM1_ESM.pdf</t>
   </si>
   <si>
     <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM2_ESM.pdf</t>
   </si>
   <si>
     <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM3_ESM.pdf</t>
   </si>
   <si>
     <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM4_ESM.xlsx</t>
   </si>
   <si>
     <t>Generic External ID: https://github.com/machenslab/dPCA</t>
   </si>
   <si>
     <t>Generic External ID: https://goeseek.gwdguser.de/studies/252</t>
@@ -1578,50 +1704,275 @@
     <t>ORCID: https://orcid.org/0000-0002-3624-0343</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0003-4685-5576</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0002-5079-502X</t>
   </si>
   <si>
     <t>ORCID: https://orcid.org/0000-0001-7250-3756</t>
   </si>
   <si>
     <t>Published Data Registry (EKFZ): https://rdp.ekfz.uni-goettingen.de/literature/publication/8</t>
   </si>
   <si>
     <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1280</t>
   </si>
   <si>
     <t>Research Data Archive (MBExC): https://mbexc.uni-goettingen.de/archive/1/641</t>
   </si>
   <si>
     <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_007370</t>
   </si>
   <si>
     <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_021716</t>
+  </si>
+  <si>
+    <t>EMBL.Biostudies: https://www.ebi.ac.uk/biostudies/studies/https://www.ebi.ac.uk/biostudies/studies/S-SCDT-10_1038-S44321-025-00350-z</t>
+  </si>
+  <si>
+    <t>GRO.publications: http://resolver.sub.uni-goettingen.de/purl?gro-2%2F153376=</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://link.springer.com/content/pdf/10.1038/s44321-025-00350-z.pdf</t>
+  </si>
+  <si>
+    <t>NCBI.nucleotide: https://www.ncbi.nlm.nih.gov/nuccore/AF461397</t>
+  </si>
+  <si>
+    <t>NCBI.nucleotide: https://www.ncbi.nlm.nih.gov/nuccore/KF992040</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9577-6682</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0004-5243-5097</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2812-4999</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8990-1662</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0009-0009-6409-0790</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-2344-5136</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-0274-5642</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-6151-7183</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5411-6207</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9571-7033</t>
+  </si>
+  <si>
+    <t>Published Data Registry (CRC 1286): https://sfb1286.uni-goettingen.de/literature/publications/417</t>
+  </si>
+  <si>
+    <t>Published Data Registry (EKFZ): https://rdp.ekfz.uni-goettingen.de/literature/publication/17</t>
+  </si>
+  <si>
+    <t>Published Data Registry (MBExC): https://prod.mbexc.uni-goettingen.de/literature/publications/1327</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02panr271</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/CVCL_0464</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018866</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018361</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_013673</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_016844</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018169</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_018453</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_014212</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_000034</t>
+  </si>
+  <si>
+    <t>SciCrunch (RRID): https://scicrunch.org/resolver/SCR_011323</t>
+  </si>
+  <si>
+    <t>Zenodo DOI: https://doi.org/10.5281/zenodo.17458418</t>
+  </si>
+  <si>
+    <t>Zenodo DOI: https://doi.org/10.5281/zenodo.15210800</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://link.springer.com/content/pdf/10.1007/s12035-025-05615-9.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1007%2Fs12035-025-05615-9/MediaObjects/12035_2025_5615_MOESM1_ESM.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://static-content.springer.com/esm/art%3A10.1007%2Fs12035-025-05615-9/MediaObjects/12035_2025_5615_MOESM2_ESM.pdf</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3055-3613</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8627-8828</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1982-8428</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-0037-9079</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-0124-3026</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-8742-2844</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-6329-696X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/05tgdvt16</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04sfka033</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00q1fsf04</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://osf.io/preprints/psyarxiv/dpcwy_v1</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-9362-0986</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-7550-7293</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-9505-9299</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-4286-9962</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/016xsfp80</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/010p50m34</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03qxff017</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.medrxiv.org/content/10.64898/2026.01.28.26344748v1.full.pdf</t>
+  </si>
+  <si>
+    <t>Generic External ID: https://www.medrxiv.org/content/medrxiv/early/2026/02/04/2026.01.28.26344748/DC1/embed/media-1.docx?download=true</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3680-7450</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-3728-5893</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-9379-2400</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-1172-865X</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-6928-9952</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-7372-2771</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-4836-7659</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0002-5496-7749</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-0855-2945</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0001-9439-4677</t>
+  </si>
+  <si>
+    <t>ORCID: https://orcid.org/0000-0003-1880-291X</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00f2yqf98</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04tsk2644</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02d741577</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04d70nb60</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/01rws6r75</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/00pg6eq24</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/04bckew43</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/02kxbqc24</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/034m2b326</t>
+  </si>
+  <si>
+    <t>ROR ID: https://ror.org/03dx11k66</t>
   </si>
   <si>
     <t>External Resources</t>
   </si>
   <si>
     <t>primary: Anti-Otoferlin antibody</t>
   </si>
   <si>
     <t>primary: Parvalbumin antibody</t>
   </si>
   <si>
     <t>primary: Anti-VGLUT 3 antibody</t>
   </si>
   <si>
     <t>primary:  Purified Mouse Anti-CtBP2</t>
   </si>
   <si>
     <t>secondary: goat anti-mouse STAR 580</t>
   </si>
   <si>
     <t>secondary: Goat anti-Chicken IgY (H+L) Secondary Antibody, Alexa Fluor 488</t>
   </si>
   <si>
     <t>secondary: Goat anti-Rabbit IgG (H+L) Cross-Adsorbed Secondary Antibody, Alexa Fluor 647</t>
   </si>
@@ -1966,129 +2317,129 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/10" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/11" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/12" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/13" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/14" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/15" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25625/KVGHV2" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148887=" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-025-58738-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/machenslab/dPCA" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/252" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9544" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8363-373X" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1165-4646" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/003g6b432" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150053=" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166725003144/pdfft?md5=9018d2ca51ea657ced2b69362be175ac&amp;pid=1-s2.0-S2666166725003144-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166725003144-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-3658-0288" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-3846-9447" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05290cv24" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150462=" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/10.1101/2025.06.26.25330137v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC2/embed/media-2.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC3/embed/media-3.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC4/embed/media-4.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC5/embed/media-5.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/253" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/gene/NM_001394062.1" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2050-5084" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5663-1157" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5664-7987" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8771-0886" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4454-1979" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8468-5822" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3188-3788" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6870-4061" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0737-0763" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7359-6832" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1684-1624" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6674-0074" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9418-3287" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6763-1542" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3931-1207" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-4314-4639" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2579-6424" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6994-1640" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8952-3534" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5788-0270" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1356-5698" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9907-9246" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4814-6765" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/618325" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/4869" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/8384" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00fbnyb24" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02pttbw34" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04dm1cm79" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f54p054" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05jrr4320" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0086ms749" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00baak391" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0168r3w48" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00414dg76" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/035xkbk20" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9r1072" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03k7bde87" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00thqtb16" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jx3x895" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/032db5x82" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05ect4e57" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02etexs15" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05cz92x43" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149609=" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s40291-025-00782-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs40291-025-00782-w/MediaObjects/40291_2025_782_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-6043-6811" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3520-8015" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-7609-4790" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8140-0756" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1784-8975" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9679-6327" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3613-6378" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4497-4686" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016386" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014964" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010777" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012813" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013189" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018393" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000563" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006169" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006437" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000598" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_023662" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150436=" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iopscience.iop.org/article/10.1088/1741-2552/adf00f/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4288-6917" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3888-5636" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7904-5647" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3795-9285" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9154-4833" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0636-1128" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6887-5071" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7358-003X" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05e41x347" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0245cg223" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150789=" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666634025001230/pdfft?md5=6d6e4f7ff68cac4f055c10fdecf7ece8&amp;pid=1-s2.0-S2666634025001230-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150912=" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/10.1101/2025.08.13.25333146v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC2/embed/media-2.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC3/embed/media-3.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC4/embed/media-4.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2781-0412" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6698-4127" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0347-9614" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0927-6057" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9798-9622" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6952-4238" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2207-4660" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8022-4033" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2076-6818" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ayhx656" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04b6nzv94" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py2rh25" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00d1dhh09" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00thqtb16" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9r1072" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014964" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017561" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012813" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013189" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010777" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018393" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:002756" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150886=" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.molbiolcell.org/doi/pdf/10.1091/mbc.E24-11-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1091/mbc.E24-11-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/computational-cell-analytics/synapse-net" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-4337-7924" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9432-1849" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8285-2586" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6776-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8930-8268" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1348-8839" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4448-4230" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-2374-5803" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9277-0122" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9533-8620" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5893-1981" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3517-7792" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7351-8706" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8823-6672" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8366-7622" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2374-9922" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/405" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018536" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14236426" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14232606" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14232529" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14236381" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14254111" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F151650=" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/mco2.70363" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2589-0364" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7313-1648" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-53046" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54805" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54827" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54809" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54923" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54883" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54802" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.ady8532?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.ady8532/suppl_file/sciadv.ady8532_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.ady8532/suppl_file/sciadv.ady8532_movies_s1_to_s4.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1357-5161" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6466-176X" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1639-9298" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-5116-8931" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-3846-9447" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6776-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0729-4713" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7013-5504" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3270-3144" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0433" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/403" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/14" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9QE2" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SEA" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SFL" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SEG" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SE5" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SI1" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SH0" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043jzw605" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016274" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016501" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025454" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014224" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015749" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014222" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025577" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014565" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025610" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000325" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F152232=" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/qjmed/advance-article-pdf/doi/10.1093/qjmed/hcaf246/64712872/hcaf246.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6466-176X" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7559-6529" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2512-7812" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8229-7519" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0433" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0429-1904" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5467-5247" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/035z6xf33" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05bbbc791" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014983" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014964" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002338" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018393" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010777" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012813" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013189" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006169" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001888" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016707" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chictr.org.cn/searchprojEN.html?title=&amp;officialname=&amp;subjectid=&amp;regstatus=&amp;regno=ChiCTR2200063181" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chictr.org.cn/searchprojEN.html?title=&amp;officialname=&amp;subjectid=&amp;regstatus=&amp;regno=ChiCTR2400091517" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05788536" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05901480" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05821959" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06370351" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06696456" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06025032" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06722170" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F152230=" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/med/pdfExtended/S2666-6340(25)00313-7" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.medj.2025.100886/attachment/74ae60b6-e24c-4058-92a6-c67896360b1d/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6163-8150" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8893-434X" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ms48f15" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01skt4w74" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013e4n276" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04gw3ra78" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03phm3r45" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01esghr10" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013q1eq08" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00zn2c847" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00p991c53" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00za53h95" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0220mzb33" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05n3x4p02" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/026axqv54" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02afcvw97" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03nteze27" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00se2k293" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03gzbrs57" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jztag35" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/047aw1y82" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/053v2gh09" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01z4nnt86" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0207yh398" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0220qvk04" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010826a91" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04xfsbk97" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01qh26a66" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/054gk2851" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f54p054" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0064kty71" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ymy8z76" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jx3x895" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04gyf1771" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04gyf1771" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01e3m7079" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04qr3zq92" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02dgjyy92" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03mqfn238" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cvxb145" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05cqe9350" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/007mrxy13" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01k3hq685" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s11910-025-01466-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04b6nzv94" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a0ya142" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149989=" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.05.10.653085v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1357-5161" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6466-176X" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1639-9298" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-5116-8931" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-3846-9447" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6776-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0729-4713" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7013-5504" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3270-3144" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0433" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/382" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/10" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043jzw605" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.11.16.688700v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/computational-cell-analytics/cochlea-net" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://computational-cell-analytics.github.io/cochlea-net/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-5372-8639" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8040-9444" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3639-3187" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4340-1422" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3624-0343" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4685-5576" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7250-3756" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/641" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018536" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021716" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/3" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/4" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/6" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/9" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/10" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/11" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/12" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/13" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/14" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/15" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/16" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/17" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/18" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rdp.sfb1690.uni-goettingen.de/literature/publication/19" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25625/KVGHV2" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F148887=" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s41467-025-58738-x.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM3_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1038%2Fs41467-025-58738-x/MediaObjects/41467_2025_58738_MOESM4_ESM.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/machenslab/dPCA" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/252" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9544" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8363-373X" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1165-4646" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/003g6b432" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150053=" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666166725003144/pdfft?md5=9018d2ca51ea657ced2b69362be175ac&amp;pid=1-s2.0-S2666166725003144-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ars.els-cdn.com/content/image/1-s2.0-S2666166725003144-mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-3658-0288" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-3846-9447" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05290cv24" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150462=" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/10.1101/2025.06.26.25330137v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC2/embed/media-2.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC3/embed/media-3.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC4/embed/media-4.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/06/28/2025.06.26.25330137/DC5/embed/media-5.xlsx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goeseek.gwdguser.de/studies/253" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/gene/NM_001394062.1" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2050-5084" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5663-1157" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5664-7987" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8771-0886" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4454-1979" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8468-5822" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3188-3788" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6870-4061" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0737-0763" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7359-6832" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1684-1624" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6674-0074" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9418-3287" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6763-1542" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3931-1207" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-4314-4639" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2579-6424" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6994-1640" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8952-3534" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5788-0270" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1356-5698" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9907-9246" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4814-6765" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/618325" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/4869" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omim.org/entry/8384" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00fbnyb24" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02pttbw34" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04dm1cm79" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f54p054" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05jrr4320" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0086ms749" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00baak391" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0168r3w48" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00414dg76" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/035xkbk20" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9r1072" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03k7bde87" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00thqtb16" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jx3x895" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/032db5x82" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05ect4e57" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02etexs15" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05cz92x43" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149609=" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s40291-025-00782-w.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs40291-025-00782-w/MediaObjects/40291_2025_782_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-6043-6811" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3520-8015" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-7609-4790" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8140-0756" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1784-8975" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9679-6327" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3613-6378" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4497-4686" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016386" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014964" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010777" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012813" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013189" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018393" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000563" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006169" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006437" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000598" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_023662" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150436=" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iopscience.iop.org/article/10.1088/1741-2552/adf00f/pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4288-6917" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3888-5636" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7904-5647" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3795-9285" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9154-4833" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0636-1128" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6887-5071" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7358-003X" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/7" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1278" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05e41x347" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0245cg223" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150789=" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/S2666634025001230/pdfft?md5=6d6e4f7ff68cac4f055c10fdecf7ece8&amp;pid=1-s2.0-S2666634025001230-main.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150912=" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/10.1101/2025.08.13.25333146v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC1/embed/media-1.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC2/embed/media-2.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC3/embed/media-3.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2025/08/14/2025.08.13.25333146/DC4/embed/media-4.pdf?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2781-0412" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6698-4127" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0347-9614" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0927-6057" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9798-9622" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6952-4238" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2207-4660" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8022-4033" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2076-6818" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ayhx656" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04b6nzv94" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04py2rh25" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00d1dhh09" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00thqtb16" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01q9r1072" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014964" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017561" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012813" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013189" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010777" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018393" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/IMSR_JAX:002756" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014199" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F150886=" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.molbiolcell.org/doi/pdf/10.1091/mbc.E24-11-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.bio-protocol.org/cjrap.aspx?eid=10.1091/mbc.E24-11-0519" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/computational-cell-analytics/synapse-net" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-4337-7924" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9432-1849" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8285-2586" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6776-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8930-8268" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-1348-8839" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4448-4230" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-2374-5803" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9277-0122" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-9533-8620" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5893-1981" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3517-7792" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7351-8706" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8823-6672" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8366-7622" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1667-7839" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2374-9922" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/405" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1282" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1090" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018536" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14236426" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14232606" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14232529" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14236381" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14254111" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F151650=" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1002/mco2.70363" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2589-0364" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7313-1648" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1263" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-53046" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54805" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54827" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54809" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54923" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54883" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/pdbe/emdb/EMD-54802" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/pdf/10.1126/sciadv.ady8532?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.ady8532/suppl_file/sciadv.ady8532_sm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/doi/suppl/10.1126/sciadv.ady8532/suppl_file/sciadv.ady8532_movies_s1_to_s4.zip" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1357-5161" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6466-176X" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1639-9298" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-5116-8931" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-3846-9447" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6776-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0729-4713" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7013-5504" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3270-3144" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0433" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/403" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/14" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1279" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9QE2" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SEA" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SFL" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SEG" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SE5" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SI1" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcsb.org/structure/9SH0" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043jzw605" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016274" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016501" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025454" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014224" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015749" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_017293" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003297" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014222" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025577" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014565" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_025610" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000325" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F152232=" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/qjmed/advance-article-pdf/doi/10.1093/qjmed/hcaf246/64712872/hcaf246.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6466-176X" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7559-6529" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2512-7812" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8229-7519" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0433" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0429-1904" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5467-5247" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1268" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/035z6xf33" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05bbbc791" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014983" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014964" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002338" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018393" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_010777" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_012813" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013189" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_006169" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001888" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016707" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_015872" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chictr.org.cn/searchprojEN.html?title=&amp;officialname=&amp;subjectid=&amp;regstatus=&amp;regno=ChiCTR2200063181" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chictr.org.cn/searchprojEN.html?title=&amp;officialname=&amp;subjectid=&amp;regstatus=&amp;regno=ChiCTR2400091517" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05788536" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05901480" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT05821959" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06370351" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06696456" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06025032" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/ct2/show/NCT06722170" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F152230=" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/med/pdfExtended/S2666-6340(25)00313-7" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/cms/10.1016/j.medj.2025.100886/attachment/74ae60b6-e24c-4058-92a6-c67896360b1d/mmc1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6163-8150" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8893-434X" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1266" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00ms48f15" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01skt4w74" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013e4n276" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04gw3ra78" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03phm3r45" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01esghr10" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013q1eq08" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00zn2c847" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00p991c53" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00za53h95" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0220mzb33" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05n3x4p02" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/026axqv54" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02afcvw97" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03nteze27" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00se2k293" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03gzbrs57" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04jztag35" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/047aw1y82" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/053v2gh09" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01z4nnt86" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0207yh398" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0220qvk04" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010826a91" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04xfsbk97" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01qh26a66" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/054gk2851" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f54p054" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0064kty71" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03ymy8z76" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jx3x895" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04gyf1771" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04gyf1771" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01e3m7079" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04qr3zq92" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02dgjyy92" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03mqfn238" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00cvxb145" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05cqe9350" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/007mrxy13" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01k3hq685" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s11910-025-01466-y.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04b6nzv94" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a0ya142" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F149989=" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.05.10.653085v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1357-5161" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6466-176X" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-1639-9298" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-5116-8931" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-3846-9447" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6776-4130" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0729-4713" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7013-5504" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3270-3144" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0938-8534" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8868-8716" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1825-0433" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/382" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.sfb1690.uni-goettingen.de/literature/publication/10" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1215" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/043jzw605" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biorxiv.org/content/10.1101/2025.11.16.688700v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/computational-cell-analytics/cochlea-net" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://computational-cell-analytics.github.io/cochlea-net/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6562-7187" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-5372-8639" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8040-9444" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3639-3187" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4340-1422" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3624-0343" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4685-5576" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7250-3756" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/8" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1280" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01y9bpm73" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mbexc.uni-goettingen.de/archive/1/641" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_007370" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018536" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_008394" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_021716" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ebi.ac.uk/biostudies/studies/https://www.ebi.ac.uk/biostudies/studies/S-SCDT-10_1038-S44321-025-00350-z" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://resolver.sub.uni-goettingen.de/purl?gro-2%2F153376=" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1038/s44321-025-00350-z.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/AF461397" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KF992040" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10047" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10090" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=10116" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-8051-7964" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9577-6682" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-5243-5097" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2812-4999" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8990-1662" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-6409-0790" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3624-0343" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2344-5136" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0274-5642" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6151-7183" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5411-6207" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-502X" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0512-1381" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7145-0533" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9571-7033" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfb1286.uni-goettingen.de/literature/publications/417" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdp.ekfz.uni-goettingen.de/literature/publication/17" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prod.mbexc.uni-goettingen.de/literature/publications/1327" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03av75f26" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02panr271" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05xy1nn52" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/CVCL_0464" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018866" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018361" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_002798" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000325" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_003070" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_013673" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_016844" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018169" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_018453" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_001622" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_014212" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_000034" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scicrunch.org/resolver/SCR_011323" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.17458418" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.15210800" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/content/pdf/10.1007/s12035-025-05615-9.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs12035-025-05615-9/MediaObjects/12035_2025_5615_MOESM1_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static-content.springer.com/esm/art%3A10.1007%2Fs12035-025-05615-9/MediaObjects/12035_2025_5615_MOESM2_ESM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3055-3613" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8627-8828" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1982-8428" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7559-6529" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0037-9079" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0124-3026" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6763-1542" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0429-1904" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8742-2844" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6329-696X" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0737-0763" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05tgdvt16" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04sfka033" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00fbnyb24" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/035z6xf33" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00q1fsf04" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04b6nzv94" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/05a0ya142" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osf.io/preprints/psyarxiv/dpcwy_v1" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9362-0986" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7550-7293" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9505-9299" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4286-9962" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/013meh722" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/016xsfp80" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/010p50m34" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0245cg223" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03qxff017" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jx3x895" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/10.64898/2026.01.28.26344748v1.full.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.medrxiv.org/content/medrxiv/early/2026/02/04/2026.01.28.26344748/DC1/embed/media-1.docx?download=true" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=9606" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/Taxonomy/Browser/wwwtax.cgi?id=7955" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3680-7450" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3728-5893" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9379-2400" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1172-865X" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6928-9952" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7372-2771" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4836-7659" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5496-7749" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1673-1046" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0855-2945" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6719-3447" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0429-1904" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9439-4677" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1880-291X" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/021ft0n22" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00f2yqf98" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04tsk2644" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/035z6xf33" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02d741577" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04d70nb60" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/0245cg223" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02jx3x895" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/01rws6r75" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/00pg6eq24" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04bckew43" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02kxbqc24" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/034m2b326" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03dx11k66" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/02f99v835" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/04b6nzv94" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/03vek6s52" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CT16"/>
+  <dimension ref="A1:CT20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:CT1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="80" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="80" customWidth="true" style="0"/>
     <col min="20" max="20" width="80" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="80" customWidth="true" style="0"/>
     <col min="25" max="25" width="80" customWidth="true" style="0"/>
     <col min="26" max="26" width="80" customWidth="true" style="0"/>
     <col min="27" max="27" width="80" customWidth="true" style="0"/>
     <col min="28" max="28" width="80" customWidth="true" style="0"/>
     <col min="29" max="29" width="80" customWidth="true" style="0"/>
     <col min="30" max="30" width="80" customWidth="true" style="0"/>
     <col min="31" max="31" width="80" customWidth="true" style="0"/>
     <col min="32" max="32" width="80" customWidth="true" style="0"/>
     <col min="33" max="33" width="80" customWidth="true" style="0"/>
     <col min="34" max="34" width="80" customWidth="true" style="0"/>
     <col min="35" max="35" width="80" customWidth="true" style="0"/>
     <col min="36" max="36" width="80" customWidth="true" style="0"/>
     <col min="37" max="37" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="80" customWidth="true" style="0"/>
     <col min="39" max="39" width="80" customWidth="true" style="0"/>
     <col min="40" max="40" width="80" customWidth="true" style="0"/>
     <col min="41" max="41" width="80" customWidth="true" style="0"/>
     <col min="42" max="42" width="80" customWidth="true" style="0"/>
     <col min="43" max="43" width="80" customWidth="true" style="0"/>
     <col min="44" max="44" width="80" customWidth="true" style="0"/>
     <col min="45" max="45" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="80" customWidth="true" style="0"/>
-    <col min="48" max="48" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="80" customWidth="true" style="0"/>
     <col min="49" max="49" width="80" customWidth="true" style="0"/>
     <col min="50" max="50" width="80" customWidth="true" style="0"/>
     <col min="51" max="51" width="80" customWidth="true" style="0"/>
     <col min="52" max="52" width="80" customWidth="true" style="0"/>
     <col min="53" max="53" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="80" customWidth="true" style="0"/>
     <col min="59" max="59" width="80" customWidth="true" style="0"/>
     <col min="60" max="60" width="80" customWidth="true" style="0"/>
-    <col min="61" max="61" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="63" max="63" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="84" max="84" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="86" max="86" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="88" max="88" width="39.99" bestFit="true" customWidth="true" style="0"/>
@@ -2153,51 +2504,51 @@
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>522</v>
+        <v>639</v>
       </c>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
       <c r="AV1" s="1"/>
@@ -2220,61 +2571,61 @@
       <c r="BM1" s="1"/>
       <c r="BN1" s="1"/>
       <c r="BO1" s="1"/>
       <c r="BP1" s="1"/>
       <c r="BQ1" s="1"/>
       <c r="BR1" s="1"/>
       <c r="BS1" s="1"/>
       <c r="BT1" s="1"/>
       <c r="BU1" s="1"/>
       <c r="BV1" s="1"/>
       <c r="BW1" s="1"/>
       <c r="BX1" s="1"/>
       <c r="BY1" s="1"/>
       <c r="BZ1" s="1"/>
       <c r="CA1" s="1"/>
       <c r="CB1" s="1"/>
       <c r="CC1" s="1"/>
       <c r="CD1" s="1"/>
       <c r="CE1" s="1"/>
       <c r="CF1" s="1"/>
       <c r="CG1" s="1"/>
       <c r="CH1" s="1"/>
       <c r="CI1" s="1"/>
       <c r="CJ1" s="1"/>
       <c r="CK1" s="1" t="s">
-        <v>531</v>
+        <v>648</v>
       </c>
       <c r="CL1" s="1"/>
       <c r="CM1" s="1"/>
       <c r="CN1" s="1"/>
       <c r="CO1" s="1"/>
       <c r="CP1" s="1"/>
       <c r="CQ1" s="1"/>
       <c r="CR1" s="1"/>
       <c r="CS1" s="1" t="s">
-        <v>534</v>
+        <v>651</v>
       </c>
       <c r="CT1" s="1"/>
     </row>
     <row r="2" spans="1:98">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
         <v>40204716</v>
       </c>
@@ -2303,126 +2654,126 @@
         <v>33</v>
       </c>
       <c r="P2">
         <v>1</v>
       </c>
       <c r="Q2">
         <v>16</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
       <c r="U2" t="s">
         <v>36</v>
       </c>
       <c r="V2" t="s">
         <v>37</v>
       </c>
       <c r="W2" t="s">
         <v>38</v>
       </c>
       <c r="X2" t="s">
-        <v>199</v>
+        <v>241</v>
       </c>
       <c r="Y2" t="s">
-        <v>200</v>
+        <v>242</v>
       </c>
       <c r="Z2" t="s">
-        <v>201</v>
+        <v>243</v>
       </c>
       <c r="AA2" t="s">
-        <v>202</v>
+        <v>244</v>
       </c>
       <c r="AB2" t="s">
-        <v>203</v>
+        <v>245</v>
       </c>
       <c r="AC2" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
       <c r="AD2" t="s">
-        <v>205</v>
+        <v>247</v>
       </c>
       <c r="AE2" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="AF2" t="s">
-        <v>207</v>
+        <v>249</v>
       </c>
       <c r="AG2" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="AH2" t="s">
-        <v>209</v>
+        <v>251</v>
       </c>
       <c r="AI2" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="AJ2" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AK2" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="AL2" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
       <c r="AM2" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
       <c r="AN2" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
       <c r="CK2" t="s">
-        <v>523</v>
+        <v>640</v>
       </c>
       <c r="CL2" t="s">
-        <v>524</v>
+        <v>641</v>
       </c>
       <c r="CM2" t="s">
-        <v>525</v>
+        <v>642</v>
       </c>
       <c r="CN2" t="s">
-        <v>526</v>
+        <v>643</v>
       </c>
       <c r="CO2" t="s">
-        <v>527</v>
+        <v>644</v>
       </c>
       <c r="CP2" t="s">
-        <v>528</v>
+        <v>645</v>
       </c>
       <c r="CQ2" t="s">
-        <v>529</v>
+        <v>646</v>
       </c>
       <c r="CR2" t="s">
-        <v>530</v>
+        <v>647</v>
       </c>
       <c r="CS2" t="s">
-        <v>532</v>
+        <v>649</v>
       </c>
     </row>
     <row r="3" spans="1:98">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" t="s">
         <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3">
         <v>40536876</v>
       </c>
       <c r="H3" t="s">
@@ -2448,84 +2799,84 @@
         <v>103908</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>6</v>
       </c>
       <c r="R3" t="s">
         <v>47</v>
       </c>
       <c r="S3"/>
       <c r="T3" t="s">
         <v>48</v>
       </c>
       <c r="U3" t="s">
         <v>49</v>
       </c>
       <c r="V3" t="s">
         <v>50</v>
       </c>
       <c r="W3" t="s">
         <v>51</v>
       </c>
       <c r="X3" t="s">
-        <v>216</v>
+        <v>258</v>
       </c>
       <c r="Y3" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
       <c r="Z3" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
       <c r="AA3" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="AB3" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="AC3" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
       <c r="AD3" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AE3" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="AF3" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AG3" t="s">
-        <v>224</v>
+        <v>266</v>
       </c>
       <c r="AH3" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="CS3" t="s">
-        <v>533</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:98">
       <c r="A4" t="s">
         <v>52</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
       <c r="C4" t="s">
         <v>54</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
         <v>40666329</v>
       </c>
       <c r="H4" t="s">
@@ -2545,219 +2896,219 @@
       </c>
       <c r="M4"/>
       <c r="N4" t="s">
         <v>60</v>
       </c>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4" t="s">
         <v>58</v>
       </c>
       <c r="S4"/>
       <c r="T4" t="s">
         <v>61</v>
       </c>
       <c r="U4" t="s">
         <v>62</v>
       </c>
       <c r="V4" t="s">
         <v>63</v>
       </c>
       <c r="W4" t="s">
         <v>64</v>
       </c>
       <c r="X4" t="s">
-        <v>226</v>
+        <v>268</v>
       </c>
       <c r="Y4" t="s">
-        <v>227</v>
+        <v>269</v>
       </c>
       <c r="Z4" t="s">
-        <v>228</v>
+        <v>270</v>
       </c>
       <c r="AA4" t="s">
-        <v>229</v>
+        <v>271</v>
       </c>
       <c r="AB4" t="s">
-        <v>230</v>
+        <v>272</v>
       </c>
       <c r="AC4" t="s">
-        <v>231</v>
+        <v>273</v>
       </c>
       <c r="AD4" t="s">
-        <v>232</v>
+        <v>274</v>
       </c>
       <c r="AE4" t="s">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="AF4" t="s">
-        <v>234</v>
+        <v>276</v>
       </c>
       <c r="AG4" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="AH4" t="s">
-        <v>236</v>
+        <v>278</v>
       </c>
       <c r="AI4" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AJ4" t="s">
-        <v>237</v>
+        <v>279</v>
       </c>
       <c r="AK4" t="s">
-        <v>238</v>
+        <v>280</v>
       </c>
       <c r="AL4" t="s">
-        <v>239</v>
+        <v>281</v>
       </c>
       <c r="AM4" t="s">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="AN4" t="s">
-        <v>241</v>
+        <v>283</v>
       </c>
       <c r="AO4" t="s">
-        <v>242</v>
+        <v>284</v>
       </c>
       <c r="AP4" t="s">
-        <v>243</v>
+        <v>285</v>
       </c>
       <c r="AQ4" t="s">
-        <v>244</v>
+        <v>286</v>
       </c>
       <c r="AR4" t="s">
-        <v>245</v>
+        <v>287</v>
       </c>
       <c r="AS4" t="s">
-        <v>246</v>
+        <v>288</v>
       </c>
       <c r="AT4" t="s">
-        <v>247</v>
+        <v>289</v>
       </c>
       <c r="AU4" t="s">
-        <v>248</v>
+        <v>290</v>
       </c>
       <c r="AV4" t="s">
-        <v>249</v>
+        <v>291</v>
       </c>
       <c r="AW4" t="s">
-        <v>250</v>
+        <v>292</v>
       </c>
       <c r="AX4" t="s">
-        <v>251</v>
+        <v>293</v>
       </c>
       <c r="AY4" t="s">
-        <v>252</v>
+        <v>294</v>
       </c>
       <c r="AZ4" t="s">
+        <v>295</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>296</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>297</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>298</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>299</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>300</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>301</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>302</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>303</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>265</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>304</v>
+      </c>
+      <c r="BK4" t="s">
         <v>253</v>
       </c>
-      <c r="BA4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="BL4" t="s">
-        <v>263</v>
+        <v>305</v>
       </c>
       <c r="BM4" t="s">
-        <v>264</v>
+        <v>306</v>
       </c>
       <c r="BN4" t="s">
-        <v>265</v>
+        <v>307</v>
       </c>
       <c r="BO4" t="s">
-        <v>266</v>
+        <v>308</v>
       </c>
       <c r="BP4" t="s">
-        <v>267</v>
+        <v>309</v>
       </c>
       <c r="BQ4" t="s">
-        <v>268</v>
+        <v>310</v>
       </c>
       <c r="BR4" t="s">
-        <v>269</v>
+        <v>311</v>
       </c>
       <c r="BS4" t="s">
-        <v>270</v>
+        <v>312</v>
       </c>
       <c r="BT4" t="s">
-        <v>271</v>
+        <v>313</v>
       </c>
       <c r="BU4" t="s">
-        <v>272</v>
+        <v>314</v>
       </c>
       <c r="BV4" t="s">
-        <v>273</v>
+        <v>315</v>
       </c>
       <c r="BW4" t="s">
-        <v>274</v>
+        <v>316</v>
       </c>
       <c r="BX4" t="s">
-        <v>275</v>
+        <v>317</v>
       </c>
       <c r="BY4" t="s">
-        <v>276</v>
+        <v>318</v>
       </c>
       <c r="BZ4" t="s">
-        <v>277</v>
+        <v>319</v>
       </c>
       <c r="CA4" t="s">
-        <v>278</v>
+        <v>320</v>
       </c>
       <c r="CB4" t="s">
-        <v>279</v>
+        <v>321</v>
       </c>
     </row>
     <row r="5" spans="1:98">
       <c r="A5" t="s">
         <v>65</v>
       </c>
       <c r="B5" t="s">
         <v>53</v>
       </c>
       <c r="C5" t="s">
         <v>54</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5">
         <v>1</v>
       </c>
       <c r="G5">
         <v>40377830</v>
       </c>
       <c r="H5" t="s">
@@ -2785,126 +3136,126 @@
         <v>72</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>73</v>
       </c>
       <c r="S5"/>
       <c r="T5" t="s">
         <v>74</v>
       </c>
       <c r="U5" t="s">
         <v>75</v>
       </c>
       <c r="V5" t="s">
         <v>50</v>
       </c>
       <c r="W5" t="s">
         <v>76</v>
       </c>
       <c r="X5" t="s">
-        <v>280</v>
+        <v>322</v>
       </c>
       <c r="Y5" t="s">
-        <v>281</v>
+        <v>323</v>
       </c>
       <c r="Z5" t="s">
-        <v>282</v>
+        <v>324</v>
       </c>
       <c r="AA5" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="AB5" t="s">
-        <v>283</v>
+        <v>325</v>
       </c>
       <c r="AC5" t="s">
-        <v>284</v>
+        <v>326</v>
       </c>
       <c r="AD5" t="s">
-        <v>285</v>
+        <v>327</v>
       </c>
       <c r="AE5" t="s">
-        <v>286</v>
+        <v>328</v>
       </c>
       <c r="AF5" t="s">
-        <v>287</v>
+        <v>329</v>
       </c>
       <c r="AG5" t="s">
-        <v>288</v>
+        <v>330</v>
       </c>
       <c r="AH5" t="s">
-        <v>289</v>
+        <v>331</v>
       </c>
       <c r="AI5" t="s">
-        <v>290</v>
+        <v>332</v>
       </c>
       <c r="AJ5" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AK5" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="AL5" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AM5" t="s">
-        <v>291</v>
+        <v>333</v>
       </c>
       <c r="AN5" t="s">
-        <v>292</v>
+        <v>334</v>
       </c>
       <c r="AO5" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="AP5" t="s">
-        <v>294</v>
+        <v>336</v>
       </c>
       <c r="AQ5" t="s">
-        <v>295</v>
+        <v>337</v>
       </c>
       <c r="AR5" t="s">
-        <v>296</v>
+        <v>338</v>
       </c>
       <c r="AS5" t="s">
-        <v>297</v>
+        <v>339</v>
       </c>
       <c r="AT5" t="s">
-        <v>298</v>
+        <v>340</v>
       </c>
       <c r="AU5" t="s">
-        <v>299</v>
+        <v>341</v>
       </c>
       <c r="AV5" t="s">
-        <v>300</v>
+        <v>342</v>
       </c>
       <c r="AW5" t="s">
-        <v>301</v>
+        <v>343</v>
       </c>
     </row>
     <row r="6" spans="1:98">
       <c r="A6" t="s">
         <v>77</v>
       </c>
       <c r="B6" t="s">
         <v>78</v>
       </c>
       <c r="C6" t="s">
         <v>79</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
       <c r="G6">
         <v>40664220</v>
       </c>
       <c r="H6" t="s">
@@ -2932,117 +3283,117 @@
         <v>86</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>22</v>
       </c>
       <c r="R6" t="s">
         <v>87</v>
       </c>
       <c r="S6"/>
       <c r="T6" t="s">
         <v>88</v>
       </c>
       <c r="U6" t="s">
         <v>89</v>
       </c>
       <c r="V6" t="s">
         <v>90</v>
       </c>
       <c r="W6" t="s">
         <v>91</v>
       </c>
       <c r="X6" t="s">
-        <v>302</v>
+        <v>344</v>
       </c>
       <c r="Y6" t="s">
-        <v>303</v>
+        <v>345</v>
       </c>
       <c r="Z6" t="s">
-        <v>304</v>
+        <v>346</v>
       </c>
       <c r="AA6" t="s">
-        <v>305</v>
+        <v>347</v>
       </c>
       <c r="AB6" t="s">
-        <v>306</v>
+        <v>348</v>
       </c>
       <c r="AC6" t="s">
-        <v>307</v>
+        <v>349</v>
       </c>
       <c r="AD6" t="s">
-        <v>308</v>
+        <v>350</v>
       </c>
       <c r="AE6" t="s">
-        <v>309</v>
+        <v>351</v>
       </c>
       <c r="AF6" t="s">
-        <v>310</v>
+        <v>352</v>
       </c>
       <c r="AG6" t="s">
-        <v>311</v>
+        <v>353</v>
       </c>
       <c r="AH6" t="s">
-        <v>312</v>
+        <v>354</v>
       </c>
       <c r="AI6" t="s">
-        <v>313</v>
+        <v>355</v>
       </c>
       <c r="AJ6" t="s">
-        <v>314</v>
+        <v>356</v>
       </c>
       <c r="AK6" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="AL6" t="s">
-        <v>316</v>
+        <v>358</v>
       </c>
       <c r="AM6" t="s">
-        <v>317</v>
+        <v>359</v>
       </c>
       <c r="AN6" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="AO6" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="AP6" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AQ6" t="s">
-        <v>319</v>
+        <v>361</v>
       </c>
       <c r="AR6" t="s">
-        <v>320</v>
+        <v>362</v>
       </c>
       <c r="AS6" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="AT6" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
     </row>
     <row r="7" spans="1:98">
       <c r="A7" t="s">
         <v>92</v>
       </c>
       <c r="B7" t="s">
         <v>93</v>
       </c>
       <c r="C7" t="s">
         <v>94</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>95</v>
       </c>
       <c r="F7">
         <v>2</v>
       </c>
       <c r="G7">
         <v>40782672</v>
       </c>
       <c r="H7" t="s">
@@ -3070,63 +3421,63 @@
         <v>100775</v>
       </c>
       <c r="P7">
         <v>8</v>
       </c>
       <c r="Q7">
         <v>6</v>
       </c>
       <c r="R7" t="s">
         <v>98</v>
       </c>
       <c r="S7"/>
       <c r="T7" t="s">
         <v>101</v>
       </c>
       <c r="U7" t="s">
         <v>50</v>
       </c>
       <c r="V7" t="s">
         <v>102</v>
       </c>
       <c r="W7" t="s">
         <v>103</v>
       </c>
       <c r="X7" t="s">
-        <v>321</v>
+        <v>363</v>
       </c>
       <c r="Y7" t="s">
-        <v>322</v>
+        <v>364</v>
       </c>
       <c r="Z7" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AA7" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="AB7" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
     </row>
     <row r="8" spans="1:98">
       <c r="A8" t="s">
         <v>104</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>40832383</v>
       </c>
       <c r="H8" t="s">
@@ -3148,156 +3499,156 @@
       <c r="N8" t="s">
         <v>107</v>
       </c>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8" t="s">
         <v>58</v>
       </c>
       <c r="S8" t="s">
         <v>108</v>
       </c>
       <c r="T8" t="s">
         <v>109</v>
       </c>
       <c r="U8" t="s">
         <v>110</v>
       </c>
       <c r="V8" t="s">
         <v>111</v>
       </c>
       <c r="W8" t="s">
         <v>112</v>
       </c>
       <c r="X8" t="s">
-        <v>324</v>
+        <v>366</v>
       </c>
       <c r="Y8" t="s">
-        <v>325</v>
+        <v>367</v>
       </c>
       <c r="Z8" t="s">
-        <v>326</v>
+        <v>368</v>
       </c>
       <c r="AA8" t="s">
-        <v>327</v>
+        <v>369</v>
       </c>
       <c r="AB8" t="s">
-        <v>328</v>
+        <v>370</v>
       </c>
       <c r="AC8" t="s">
-        <v>329</v>
+        <v>371</v>
       </c>
       <c r="AD8" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="AE8" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AF8" t="s">
-        <v>330</v>
+        <v>372</v>
       </c>
       <c r="AG8" t="s">
-        <v>331</v>
+        <v>373</v>
       </c>
       <c r="AH8" t="s">
-        <v>332</v>
+        <v>374</v>
       </c>
       <c r="AI8" t="s">
-        <v>333</v>
+        <v>375</v>
       </c>
       <c r="AJ8" t="s">
+        <v>376</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>377</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>378</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>379</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>380</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>381</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>265</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>253</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>382</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>383</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>384</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>385</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>316</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>314</v>
+      </c>
+      <c r="AX8" t="s">
         <v>334</v>
       </c>
-      <c r="AK8" t="s">
+      <c r="AY8" t="s">
+        <v>386</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>336</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>337</v>
+      </c>
+      <c r="BB8" t="s">
         <v>335</v>
       </c>
-      <c r="AL8" t="s">
-[...5 lines deleted...]
-      <c r="AN8" t="s">
+      <c r="BC8" t="s">
         <v>338</v>
       </c>
-      <c r="AO8" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="BD8" t="s">
-        <v>345</v>
+        <v>387</v>
       </c>
       <c r="BE8" t="s">
-        <v>346</v>
+        <v>388</v>
       </c>
       <c r="BF8" t="s">
-        <v>347</v>
+        <v>389</v>
       </c>
       <c r="BG8" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
     </row>
     <row r="9" spans="1:98">
       <c r="A9" t="s">
         <v>113</v>
       </c>
       <c r="B9" t="s">
         <v>114</v>
       </c>
       <c r="C9" t="s">
         <v>115</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="G9">
         <v>40875337</v>
       </c>
       <c r="H9" t="s">
@@ -3319,171 +3670,171 @@
         <v>120</v>
       </c>
       <c r="N9" t="s">
         <v>121</v>
       </c>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9" t="s">
         <v>122</v>
       </c>
       <c r="S9"/>
       <c r="T9" t="s">
         <v>123</v>
       </c>
       <c r="U9" t="s">
         <v>124</v>
       </c>
       <c r="V9" t="s">
         <v>125</v>
       </c>
       <c r="W9" t="s">
         <v>126</v>
       </c>
       <c r="X9" t="s">
-        <v>349</v>
+        <v>391</v>
       </c>
       <c r="Y9" t="s">
-        <v>350</v>
+        <v>392</v>
       </c>
       <c r="Z9" t="s">
-        <v>351</v>
+        <v>393</v>
       </c>
       <c r="AA9" t="s">
-        <v>352</v>
+        <v>394</v>
       </c>
       <c r="AB9" t="s">
-        <v>353</v>
+        <v>395</v>
       </c>
       <c r="AC9" t="s">
-        <v>354</v>
+        <v>396</v>
       </c>
       <c r="AD9" t="s">
-        <v>355</v>
+        <v>397</v>
       </c>
       <c r="AE9" t="s">
-        <v>356</v>
+        <v>398</v>
       </c>
       <c r="AF9" t="s">
+        <v>399</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>400</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>401</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>402</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>403</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>404</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>405</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>406</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>407</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>408</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>263</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>409</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>410</v>
+      </c>
+      <c r="AS9" t="s">
         <v>357</v>
       </c>
-      <c r="AG9" t="s">
-[...5 lines deleted...]
-      <c r="AI9" t="s">
+      <c r="AT9" t="s">
+        <v>411</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>412</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>413</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>414</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>415</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>416</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>267</v>
+      </c>
+      <c r="BA9" t="s">
         <v>360</v>
       </c>
-      <c r="AJ9" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="BB9" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="BC9" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="BD9" t="s">
-        <v>375</v>
+        <v>417</v>
       </c>
       <c r="BE9" t="s">
-        <v>376</v>
+        <v>418</v>
       </c>
       <c r="BF9" t="s">
-        <v>377</v>
+        <v>419</v>
       </c>
       <c r="BG9" t="s">
-        <v>346</v>
+        <v>388</v>
       </c>
       <c r="BH9" t="s">
-        <v>378</v>
+        <v>420</v>
       </c>
       <c r="BI9" t="s">
-        <v>379</v>
+        <v>421</v>
       </c>
       <c r="BJ9" t="s">
-        <v>380</v>
+        <v>422</v>
       </c>
       <c r="BK9" t="s">
-        <v>381</v>
+        <v>423</v>
       </c>
       <c r="BL9" t="s">
-        <v>382</v>
+        <v>424</v>
       </c>
     </row>
     <row r="10" spans="1:98">
       <c r="A10" t="s">
         <v>127</v>
       </c>
       <c r="B10" t="s">
         <v>128</v>
       </c>
       <c r="C10" t="s">
         <v>129</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>130</v>
       </c>
       <c r="F10">
         <v>2</v>
       </c>
       <c r="G10">
         <v>40927552</v>
       </c>
       <c r="H10" t="s">
@@ -3507,84 +3858,84 @@
       </c>
       <c r="O10"/>
       <c r="P10">
         <v>9</v>
       </c>
       <c r="Q10">
         <v>6</v>
       </c>
       <c r="R10" t="s">
         <v>133</v>
       </c>
       <c r="S10"/>
       <c r="T10" t="s">
         <v>136</v>
       </c>
       <c r="U10" t="s">
         <v>50</v>
       </c>
       <c r="V10" t="s">
         <v>90</v>
       </c>
       <c r="W10" t="s">
         <v>137</v>
       </c>
       <c r="X10" t="s">
-        <v>383</v>
+        <v>425</v>
       </c>
       <c r="Y10" t="s">
-        <v>384</v>
+        <v>426</v>
       </c>
       <c r="Z10" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AA10" t="s">
-        <v>385</v>
+        <v>427</v>
       </c>
       <c r="AB10" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="AC10" t="s">
-        <v>386</v>
+        <v>428</v>
       </c>
       <c r="AD10" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="AE10" t="s">
-        <v>387</v>
+        <v>429</v>
       </c>
       <c r="AF10" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AG10" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="AH10" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="AI10" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11" spans="1:98">
       <c r="A11" t="s">
         <v>138</v>
       </c>
       <c r="B11" t="s">
         <v>139</v>
       </c>
       <c r="C11" t="s">
         <v>140</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11">
         <v>1</v>
       </c>
       <c r="G11">
         <v>41091875</v>
       </c>
       <c r="H11" t="s">
@@ -3610,219 +3961,219 @@
       </c>
       <c r="O11"/>
       <c r="P11">
         <v>42</v>
       </c>
       <c r="Q11">
         <v>11</v>
       </c>
       <c r="R11" t="s">
         <v>146</v>
       </c>
       <c r="S11"/>
       <c r="T11" t="s">
         <v>147</v>
       </c>
       <c r="U11" t="s">
         <v>148</v>
       </c>
       <c r="V11" t="s">
         <v>90</v>
       </c>
       <c r="W11" t="s">
         <v>149</v>
       </c>
       <c r="X11" t="s">
+        <v>430</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>431</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>432</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>433</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>434</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>435</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>436</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>437</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>438</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>439</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>440</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>441</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>442</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>443</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>444</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>262</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>398</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>445</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>446</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>413</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>447</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>365</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>263</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>409</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>448</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>357</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>449</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>450</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>451</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>452</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>453</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>454</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>455</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>456</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>457</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>458</v>
+      </c>
+      <c r="BH11" t="s">
+        <v>360</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>267</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>265</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>459</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>460</v>
+      </c>
+      <c r="BM11" t="s">
+        <v>461</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>462</v>
+      </c>
+      <c r="BO11" t="s">
+        <v>463</v>
+      </c>
+      <c r="BP11" t="s">
+        <v>464</v>
+      </c>
+      <c r="BQ11" t="s">
+        <v>465</v>
+      </c>
+      <c r="BR11" t="s">
+        <v>390</v>
+      </c>
+      <c r="BS11" t="s">
+        <v>256</v>
+      </c>
+      <c r="BT11" t="s">
+        <v>417</v>
+      </c>
+      <c r="BU11" t="s">
+        <v>418</v>
+      </c>
+      <c r="BV11" t="s">
+        <v>466</v>
+      </c>
+      <c r="BW11" t="s">
+        <v>467</v>
+      </c>
+      <c r="BX11" t="s">
+        <v>468</v>
+      </c>
+      <c r="BY11" t="s">
+        <v>257</v>
+      </c>
+      <c r="BZ11" t="s">
+        <v>469</v>
+      </c>
+      <c r="CA11" t="s">
+        <v>470</v>
+      </c>
+      <c r="CB11" t="s">
         <v>388</v>
-      </c>
-[...166 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="12" spans="1:98">
       <c r="A12" t="s">
         <v>150</v>
       </c>
       <c r="B12" t="s">
         <v>151</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12">
         <v>1</v>
       </c>
       <c r="G12">
         <v>41092388</v>
       </c>
       <c r="H12" t="s">
@@ -3844,138 +4195,138 @@
         <v>156</v>
       </c>
       <c r="N12" t="s">
         <v>157</v>
       </c>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12" t="s">
         <v>158</v>
       </c>
       <c r="S12"/>
       <c r="T12" t="s">
         <v>159</v>
       </c>
       <c r="U12" t="s">
         <v>160</v>
       </c>
       <c r="V12" t="s">
         <v>50</v>
       </c>
       <c r="W12" t="s">
         <v>161</v>
       </c>
       <c r="X12" t="s">
-        <v>429</v>
+        <v>471</v>
       </c>
       <c r="Y12" t="s">
-        <v>430</v>
+        <v>472</v>
       </c>
       <c r="Z12" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="AA12" t="s">
-        <v>431</v>
+        <v>473</v>
       </c>
       <c r="AB12" t="s">
-        <v>400</v>
+        <v>442</v>
       </c>
       <c r="AC12" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
       <c r="AD12" t="s">
-        <v>433</v>
+        <v>475</v>
       </c>
       <c r="AE12" t="s">
-        <v>434</v>
+        <v>476</v>
       </c>
       <c r="AF12" t="s">
-        <v>406</v>
+        <v>448</v>
       </c>
       <c r="AG12" t="s">
-        <v>435</v>
+        <v>477</v>
       </c>
       <c r="AH12" t="s">
-        <v>436</v>
+        <v>478</v>
       </c>
       <c r="AI12" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AJ12" t="s">
-        <v>437</v>
+        <v>479</v>
       </c>
       <c r="AK12" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AL12" t="s">
-        <v>339</v>
+        <v>381</v>
       </c>
       <c r="AM12" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="AN12" t="s">
-        <v>438</v>
+        <v>480</v>
       </c>
       <c r="AO12" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="AP12" t="s">
-        <v>439</v>
+        <v>481</v>
       </c>
       <c r="AQ12" t="s">
-        <v>440</v>
+        <v>482</v>
       </c>
       <c r="AR12" t="s">
-        <v>292</v>
+        <v>334</v>
       </c>
       <c r="AS12" t="s">
-        <v>441</v>
+        <v>483</v>
       </c>
       <c r="AT12" t="s">
-        <v>296</v>
+        <v>338</v>
       </c>
       <c r="AU12" t="s">
-        <v>293</v>
+        <v>335</v>
       </c>
       <c r="AV12" t="s">
-        <v>294</v>
+        <v>336</v>
       </c>
       <c r="AW12" t="s">
-        <v>295</v>
+        <v>337</v>
       </c>
       <c r="AX12" t="s">
-        <v>298</v>
+        <v>340</v>
       </c>
       <c r="AY12" t="s">
-        <v>442</v>
+        <v>484</v>
       </c>
       <c r="AZ12" t="s">
-        <v>443</v>
+        <v>485</v>
       </c>
       <c r="BA12" t="s">
-        <v>422</v>
+        <v>464</v>
       </c>
     </row>
     <row r="13" spans="1:98">
       <c r="A13" t="s">
         <v>162</v>
       </c>
       <c r="B13" t="s">
         <v>139</v>
       </c>
       <c r="C13" t="s">
         <v>163</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13">
         <v>2</v>
       </c>
       <c r="G13">
         <v>41135524</v>
       </c>
       <c r="H13" t="s">
@@ -3999,243 +4350,243 @@
       <c r="N13" t="s">
         <v>166</v>
       </c>
       <c r="O13">
         <v>100886</v>
       </c>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13" t="s">
         <v>98</v>
       </c>
       <c r="S13"/>
       <c r="T13" t="s">
         <v>167</v>
       </c>
       <c r="U13" t="s">
         <v>168</v>
       </c>
       <c r="V13" t="s">
         <v>169</v>
       </c>
       <c r="W13" t="s">
         <v>170</v>
       </c>
       <c r="X13" t="s">
-        <v>444</v>
+        <v>486</v>
       </c>
       <c r="Y13" t="s">
-        <v>445</v>
+        <v>487</v>
       </c>
       <c r="Z13" t="s">
-        <v>446</v>
+        <v>488</v>
       </c>
       <c r="AA13" t="s">
-        <v>447</v>
+        <v>489</v>
       </c>
       <c r="AB13" t="s">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="AC13" t="s">
-        <v>449</v>
+        <v>491</v>
       </c>
       <c r="AD13" t="s">
-        <v>450</v>
+        <v>492</v>
       </c>
       <c r="AE13" t="s">
-        <v>451</v>
+        <v>493</v>
       </c>
       <c r="AF13" t="s">
-        <v>452</v>
+        <v>494</v>
       </c>
       <c r="AG13" t="s">
-        <v>453</v>
+        <v>495</v>
       </c>
       <c r="AH13" t="s">
-        <v>454</v>
+        <v>496</v>
       </c>
       <c r="AI13" t="s">
-        <v>455</v>
+        <v>497</v>
       </c>
       <c r="AJ13" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="AK13" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AL13" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="AM13" t="s">
-        <v>456</v>
+        <v>498</v>
       </c>
       <c r="AN13" t="s">
-        <v>457</v>
+        <v>499</v>
       </c>
       <c r="AO13" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="AP13" t="s">
-        <v>458</v>
+        <v>500</v>
       </c>
       <c r="AQ13" t="s">
-        <v>459</v>
+        <v>501</v>
       </c>
       <c r="AR13" t="s">
-        <v>460</v>
+        <v>502</v>
       </c>
       <c r="AS13" t="s">
-        <v>461</v>
+        <v>503</v>
       </c>
       <c r="AT13" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
       <c r="AU13" t="s">
-        <v>463</v>
+        <v>505</v>
       </c>
       <c r="AV13" t="s">
-        <v>464</v>
+        <v>506</v>
       </c>
       <c r="AW13" t="s">
-        <v>465</v>
+        <v>507</v>
       </c>
       <c r="AX13" t="s">
-        <v>466</v>
+        <v>508</v>
       </c>
       <c r="AY13" t="s">
-        <v>339</v>
+        <v>381</v>
       </c>
       <c r="AZ13" t="s">
-        <v>467</v>
+        <v>509</v>
       </c>
       <c r="BA13" t="s">
-        <v>468</v>
+        <v>510</v>
       </c>
       <c r="BB13" t="s">
-        <v>469</v>
+        <v>511</v>
       </c>
       <c r="BC13" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="BD13" t="s">
-        <v>470</v>
+        <v>512</v>
       </c>
       <c r="BE13" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="BF13" t="s">
-        <v>471</v>
+        <v>513</v>
       </c>
       <c r="BG13" t="s">
-        <v>472</v>
+        <v>514</v>
       </c>
       <c r="BH13" t="s">
-        <v>473</v>
+        <v>515</v>
       </c>
       <c r="BI13" t="s">
-        <v>474</v>
+        <v>516</v>
       </c>
       <c r="BJ13" t="s">
-        <v>475</v>
+        <v>517</v>
       </c>
       <c r="BK13" t="s">
-        <v>476</v>
+        <v>518</v>
       </c>
       <c r="BL13" t="s">
-        <v>477</v>
+        <v>519</v>
       </c>
       <c r="BM13" t="s">
-        <v>478</v>
+        <v>520</v>
       </c>
       <c r="BN13" t="s">
-        <v>479</v>
+        <v>521</v>
       </c>
       <c r="BO13" t="s">
-        <v>480</v>
+        <v>522</v>
       </c>
       <c r="BP13" t="s">
-        <v>481</v>
+        <v>523</v>
       </c>
       <c r="BQ13" t="s">
-        <v>482</v>
+        <v>524</v>
       </c>
       <c r="BR13" t="s">
-        <v>483</v>
+        <v>525</v>
       </c>
       <c r="BS13" t="s">
-        <v>484</v>
+        <v>526</v>
       </c>
       <c r="BT13" t="s">
-        <v>485</v>
+        <v>527</v>
       </c>
       <c r="BU13" t="s">
+        <v>307</v>
+      </c>
+      <c r="BV13" t="s">
+        <v>528</v>
+      </c>
+      <c r="BW13" t="s">
+        <v>529</v>
+      </c>
+      <c r="BX13" t="s">
+        <v>317</v>
+      </c>
+      <c r="BY13" t="s">
         <v>265</v>
       </c>
-      <c r="BV13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BZ13" t="s">
-        <v>488</v>
+        <v>530</v>
       </c>
       <c r="CA13" t="s">
-        <v>488</v>
+        <v>530</v>
       </c>
       <c r="CB13" t="s">
-        <v>489</v>
+        <v>531</v>
       </c>
       <c r="CC13" t="s">
-        <v>490</v>
+        <v>532</v>
       </c>
       <c r="CD13" t="s">
-        <v>491</v>
+        <v>533</v>
       </c>
       <c r="CE13" t="s">
-        <v>492</v>
+        <v>534</v>
       </c>
       <c r="CF13" t="s">
-        <v>493</v>
+        <v>535</v>
       </c>
       <c r="CG13" t="s">
-        <v>494</v>
+        <v>536</v>
       </c>
       <c r="CH13" t="s">
-        <v>495</v>
+        <v>537</v>
       </c>
       <c r="CI13" t="s">
-        <v>496</v>
+        <v>538</v>
       </c>
       <c r="CJ13" t="s">
-        <v>497</v>
+        <v>539</v>
       </c>
     </row>
     <row r="14" spans="1:98">
       <c r="A14" t="s">
         <v>171</v>
       </c>
       <c r="B14" t="s">
         <v>53</v>
       </c>
       <c r="C14" t="s">
         <v>54</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>130</v>
       </c>
       <c r="F14">
         <v>2</v>
       </c>
       <c r="G14">
         <v>41191133</v>
       </c>
       <c r="H14" t="s">
@@ -4263,72 +4614,72 @@
         <v>77</v>
       </c>
       <c r="P14">
         <v>1</v>
       </c>
       <c r="Q14">
         <v>25</v>
       </c>
       <c r="R14" t="s">
         <v>178</v>
       </c>
       <c r="S14"/>
       <c r="T14" t="s">
         <v>179</v>
       </c>
       <c r="U14" t="s">
         <v>160</v>
       </c>
       <c r="V14" t="s">
         <v>50</v>
       </c>
       <c r="W14" t="s">
         <v>180</v>
       </c>
       <c r="X14" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
       <c r="Y14" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="Z14" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="AA14" t="s">
-        <v>341</v>
+        <v>383</v>
       </c>
       <c r="AB14" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="AC14" t="s">
-        <v>499</v>
+        <v>541</v>
       </c>
       <c r="AD14" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="AE14" t="s">
-        <v>339</v>
+        <v>381</v>
       </c>
     </row>
     <row r="15" spans="1:98">
       <c r="A15" t="s">
         <v>181</v>
       </c>
       <c r="B15" t="s">
         <v>182</v>
       </c>
       <c r="C15" t="s">
         <v>140</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>183</v>
       </c>
@@ -4348,123 +4699,123 @@
       <c r="N15" t="s">
         <v>186</v>
       </c>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15" t="s">
         <v>184</v>
       </c>
       <c r="S15" t="s">
         <v>187</v>
       </c>
       <c r="T15" t="s">
         <v>188</v>
       </c>
       <c r="U15" t="s">
         <v>148</v>
       </c>
       <c r="V15" t="s">
         <v>90</v>
       </c>
       <c r="W15" t="s">
         <v>189</v>
       </c>
       <c r="X15" t="s">
-        <v>500</v>
+        <v>542</v>
       </c>
       <c r="Y15" t="s">
-        <v>501</v>
+        <v>543</v>
       </c>
       <c r="Z15" t="s">
+        <v>440</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>441</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>442</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>443</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>444</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>262</v>
+      </c>
+      <c r="AF15" t="s">
         <v>398</v>
       </c>
-      <c r="AA15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AG15" t="s">
-        <v>403</v>
+        <v>445</v>
       </c>
       <c r="AH15" t="s">
-        <v>404</v>
+        <v>446</v>
       </c>
       <c r="AI15" t="s">
-        <v>371</v>
+        <v>413</v>
       </c>
       <c r="AJ15" t="s">
-        <v>405</v>
+        <v>447</v>
       </c>
       <c r="AK15" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="AL15" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
       <c r="AM15" t="s">
-        <v>367</v>
+        <v>409</v>
       </c>
       <c r="AN15" t="s">
-        <v>406</v>
+        <v>448</v>
       </c>
       <c r="AO15" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="AP15" t="s">
-        <v>502</v>
+        <v>544</v>
       </c>
       <c r="AQ15" t="s">
-        <v>503</v>
+        <v>545</v>
       </c>
       <c r="AR15" t="s">
-        <v>504</v>
+        <v>546</v>
       </c>
       <c r="AS15" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="AT15" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="AU15" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="AV15" t="s">
-        <v>417</v>
+        <v>459</v>
       </c>
     </row>
     <row r="16" spans="1:98">
       <c r="A16" t="s">
         <v>190</v>
       </c>
       <c r="B16" t="s">
         <v>191</v>
       </c>
       <c r="C16" t="s">
         <v>192</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>55</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>193</v>
       </c>
@@ -4484,597 +4835,1323 @@
       <c r="N16" t="s">
         <v>195</v>
       </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16" t="s">
         <v>184</v>
       </c>
       <c r="S16" t="s">
         <v>108</v>
       </c>
       <c r="T16" t="s">
         <v>196</v>
       </c>
       <c r="U16" t="s">
         <v>197</v>
       </c>
       <c r="V16" t="s">
         <v>125</v>
       </c>
       <c r="W16" t="s">
         <v>198</v>
       </c>
       <c r="X16" t="s">
-        <v>505</v>
+        <v>547</v>
       </c>
       <c r="Y16" t="s">
-        <v>506</v>
+        <v>548</v>
       </c>
       <c r="Z16" t="s">
-        <v>507</v>
+        <v>549</v>
       </c>
       <c r="AA16" t="s">
-        <v>398</v>
+        <v>440</v>
       </c>
       <c r="AB16" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="AC16" t="s">
-        <v>371</v>
+        <v>413</v>
       </c>
       <c r="AD16" t="s">
-        <v>311</v>
+        <v>353</v>
       </c>
       <c r="AE16" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
       <c r="AF16" t="s">
-        <v>510</v>
+        <v>552</v>
       </c>
       <c r="AG16" t="s">
-        <v>511</v>
+        <v>553</v>
       </c>
       <c r="AH16" t="s">
-        <v>512</v>
+        <v>554</v>
       </c>
       <c r="AI16" t="s">
-        <v>513</v>
+        <v>555</v>
       </c>
       <c r="AJ16" t="s">
-        <v>514</v>
+        <v>556</v>
       </c>
       <c r="AK16" t="s">
-        <v>515</v>
+        <v>557</v>
       </c>
       <c r="AL16" t="s">
-        <v>516</v>
+        <v>558</v>
       </c>
       <c r="AM16" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="AN16" t="s">
-        <v>517</v>
+        <v>559</v>
       </c>
       <c r="AO16" t="s">
-        <v>518</v>
+        <v>560</v>
       </c>
       <c r="AP16" t="s">
+        <v>253</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>267</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>360</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>265</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>254</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>561</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>562</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>419</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>257</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="17" spans="1:98">
+      <c r="A17" t="s">
+        <v>199</v>
+      </c>
+      <c r="B17" t="s">
+        <v>200</v>
+      </c>
+      <c r="C17" t="s">
+        <v>192</v>
+      </c>
+      <c r="D17" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17">
+        <v>1</v>
+      </c>
+      <c r="G17">
+        <v>41366521</v>
+      </c>
+      <c r="H17" t="s">
+        <v>201</v>
+      </c>
+      <c r="I17">
+        <v>2025</v>
+      </c>
+      <c r="J17" t="s">
+        <v>202</v>
+      </c>
+      <c r="K17" t="s">
+        <v>203</v>
+      </c>
+      <c r="L17" t="s">
+        <v>204</v>
+      </c>
+      <c r="M17" t="s">
+        <v>205</v>
+      </c>
+      <c r="N17" t="s">
+        <v>206</v>
+      </c>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17" t="s">
+        <v>207</v>
+      </c>
+      <c r="S17"/>
+      <c r="T17" t="s">
+        <v>208</v>
+      </c>
+      <c r="U17" t="s">
+        <v>197</v>
+      </c>
+      <c r="V17" t="s">
+        <v>209</v>
+      </c>
+      <c r="W17" t="s">
+        <v>210</v>
+      </c>
+      <c r="X17" t="s">
+        <v>564</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>565</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>566</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>567</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>568</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>550</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>440</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>346</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>353</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>569</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>570</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>571</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>572</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>573</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>555</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>574</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>575</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>576</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>577</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>557</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>349</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>357</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>578</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>579</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>580</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>581</v>
+      </c>
+      <c r="AX17" t="s">
+        <v>253</v>
+      </c>
+      <c r="AY17" t="s">
+        <v>267</v>
+      </c>
+      <c r="AZ17" t="s">
+        <v>582</v>
+      </c>
+      <c r="BA17" t="s">
+        <v>360</v>
+      </c>
+      <c r="BB17" t="s">
+        <v>265</v>
+      </c>
+      <c r="BC17" t="s">
+        <v>583</v>
+      </c>
+      <c r="BD17" t="s">
+        <v>584</v>
+      </c>
+      <c r="BE17" t="s">
+        <v>585</v>
+      </c>
+      <c r="BF17" t="s">
+        <v>388</v>
+      </c>
+      <c r="BG17" t="s">
+        <v>470</v>
+      </c>
+      <c r="BH17" t="s">
+        <v>390</v>
+      </c>
+      <c r="BI17" t="s">
+        <v>586</v>
+      </c>
+      <c r="BJ17" t="s">
+        <v>587</v>
+      </c>
+      <c r="BK17" t="s">
+        <v>588</v>
+      </c>
+      <c r="BL17" t="s">
+        <v>589</v>
+      </c>
+      <c r="BM17" t="s">
+        <v>256</v>
+      </c>
+      <c r="BN17" t="s">
+        <v>590</v>
+      </c>
+      <c r="BO17" t="s">
+        <v>591</v>
+      </c>
+      <c r="BP17" t="s">
+        <v>592</v>
+      </c>
+      <c r="BQ17" t="s">
+        <v>593</v>
+      </c>
+      <c r="BR17" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="18" spans="1:98">
+      <c r="A18" t="s">
         <v>211</v>
       </c>
-      <c r="AQ16" t="s">
+      <c r="B18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18">
+        <v>1</v>
+      </c>
+      <c r="G18">
+        <v>41514136</v>
+      </c>
+      <c r="H18" t="s">
+        <v>212</v>
+      </c>
+      <c r="I18">
+        <v>2026</v>
+      </c>
+      <c r="J18" t="s">
+        <v>213</v>
+      </c>
+      <c r="K18" t="s">
+        <v>214</v>
+      </c>
+      <c r="L18" t="s">
+        <v>215</v>
+      </c>
+      <c r="M18" t="s">
+        <v>216</v>
+      </c>
+      <c r="N18" t="s">
+        <v>217</v>
+      </c>
+      <c r="O18"/>
+      <c r="P18">
+        <v>1</v>
+      </c>
+      <c r="Q18">
+        <v>63</v>
+      </c>
+      <c r="R18" t="s">
+        <v>218</v>
+      </c>
+      <c r="S18"/>
+      <c r="T18" t="s">
+        <v>219</v>
+      </c>
+      <c r="U18" t="s">
+        <v>160</v>
+      </c>
+      <c r="V18" t="s">
+        <v>50</v>
+      </c>
+      <c r="W18" t="s">
+        <v>220</v>
+      </c>
+      <c r="X18" t="s">
+        <v>595</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>596</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>597</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>277</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>598</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>599</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>600</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>474</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>601</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>602</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>291</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>477</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>603</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>604</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>286</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>264</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>265</v>
+      </c>
+      <c r="AO18" t="s">
+        <v>253</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>605</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>606</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>304</v>
+      </c>
+      <c r="AS18" t="s">
+        <v>480</v>
+      </c>
+      <c r="AT18" t="s">
+        <v>607</v>
+      </c>
+      <c r="AU18" t="s">
+        <v>383</v>
+      </c>
+      <c r="AV18" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="19" spans="1:98">
+      <c r="A19" t="s">
+        <v>221</v>
+      </c>
+      <c r="B19" t="s">
+        <v>222</v>
+      </c>
+      <c r="C19" t="s">
+        <v>223</v>
+      </c>
+      <c r="D19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19" t="s">
+        <v>224</v>
+      </c>
+      <c r="I19">
+        <v>2026</v>
+      </c>
+      <c r="J19" t="s">
         <v>225</v>
       </c>
-      <c r="AR16" t="s">
-[...21 lines deleted...]
-        <v>521</v>
+      <c r="K19" t="s">
+        <v>226</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>227</v>
+      </c>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19" t="s">
+        <v>226</v>
+      </c>
+      <c r="S19" t="s">
+        <v>108</v>
+      </c>
+      <c r="T19" t="s">
+        <v>228</v>
+      </c>
+      <c r="U19" t="s">
+        <v>229</v>
+      </c>
+      <c r="V19" t="s">
+        <v>230</v>
+      </c>
+      <c r="W19" t="s">
+        <v>231</v>
+      </c>
+      <c r="X19" t="s">
+        <v>608</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>609</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>610</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>611</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>612</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>531</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>613</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>614</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>362</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>615</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="20" spans="1:98">
+      <c r="A20" t="s">
+        <v>232</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" t="s">
+        <v>55</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20" t="s">
+        <v>233</v>
+      </c>
+      <c r="I20">
+        <v>2026</v>
+      </c>
+      <c r="J20" t="s">
+        <v>234</v>
+      </c>
+      <c r="K20" t="s">
+        <v>58</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>235</v>
+      </c>
+      <c r="N20" t="s">
+        <v>236</v>
+      </c>
+      <c r="O20"/>
+      <c r="P20"/>
+      <c r="Q20"/>
+      <c r="R20" t="s">
+        <v>58</v>
+      </c>
+      <c r="S20" t="s">
+        <v>108</v>
+      </c>
+      <c r="T20" t="s">
+        <v>237</v>
+      </c>
+      <c r="U20" t="s">
+        <v>238</v>
+      </c>
+      <c r="V20" t="s">
+        <v>239</v>
+      </c>
+      <c r="W20" t="s">
+        <v>240</v>
+      </c>
+      <c r="X20" t="s">
+        <v>616</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>617</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>277</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>473</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>618</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>619</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>620</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>621</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>622</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>623</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>624</v>
+      </c>
+      <c r="AI20" t="s">
+        <v>625</v>
+      </c>
+      <c r="AJ20" t="s">
+        <v>365</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>626</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>264</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>477</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>627</v>
+      </c>
+      <c r="AO20" t="s">
+        <v>628</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>265</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>629</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>630</v>
+      </c>
+      <c r="AS20" t="s">
+        <v>480</v>
+      </c>
+      <c r="AT20" t="s">
+        <v>631</v>
+      </c>
+      <c r="AU20" t="s">
+        <v>632</v>
+      </c>
+      <c r="AV20" t="s">
+        <v>362</v>
+      </c>
+      <c r="AW20" t="s">
+        <v>317</v>
+      </c>
+      <c r="AX20" t="s">
+        <v>633</v>
+      </c>
+      <c r="AY20" t="s">
+        <v>634</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>635</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>636</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>637</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>638</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>253</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>383</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="X1:CJ1"/>
     <mergeCell ref="CK1:CR1"/>
     <mergeCell ref="CS1:CS1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="A3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="A4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="A5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="A6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="A7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="A8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="A9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="A10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="A11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="A12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="A13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="A14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="A15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="A16" r:id="rId_hyperlink_15"/>
-    <hyperlink ref="X2" r:id="rId_hyperlink_16"/>
-[...439 lines deleted...]
-    <hyperlink ref="AY16" r:id="rId_hyperlink_456"/>
+    <hyperlink ref="A17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="A18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="A19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="A20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="X2" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="Y2" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="Z2" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="AA2" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="AB2" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="AC2" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="AD2" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="AE2" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="AF2" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="AG2" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="AH2" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="AI2" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="AJ2" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="AK2" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="AL2" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="AM2" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="AN2" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="X3" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="Y3" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="Z3" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="AA3" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="AB3" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="AC3" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="AD3" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="AE3" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="AF3" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="AG3" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="AH3" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="X4" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="Y4" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="Z4" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="AA4" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="AB4" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="AC4" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="AD4" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="AE4" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="AF4" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="AG4" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="AH4" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="AI4" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="AJ4" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="AK4" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="AL4" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="AM4" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="AN4" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="AO4" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="AP4" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="AQ4" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="AR4" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="AS4" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="AT4" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="AU4" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="AV4" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="AW4" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="AX4" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="AY4" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="AZ4" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="BA4" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="BB4" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="BC4" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="BD4" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="BE4" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="BF4" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="BG4" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="BH4" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="BI4" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="BJ4" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="BK4" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="BL4" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="BM4" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="BN4" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="BO4" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="BP4" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="BQ4" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="BR4" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="BS4" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="BT4" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="BU4" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="BV4" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="BW4" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="BX4" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="BY4" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="BZ4" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="CA4" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="CB4" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="X5" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="Y5" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="Z5" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="AA5" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="AB5" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="AC5" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="AD5" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="AE5" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="AF5" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="AG5" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="AH5" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="AI5" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="AJ5" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="AK5" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="AL5" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="AM5" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="AN5" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="AO5" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="AP5" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="AQ5" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="AR5" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="AS5" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="AT5" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="AU5" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="AV5" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="AW5" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="X6" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="Y6" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="Z6" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="AA6" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="AB6" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="AC6" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="AD6" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="AE6" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="AF6" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="AG6" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="AH6" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="AI6" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="AJ6" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="AK6" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="AL6" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="AM6" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="AN6" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="AO6" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="AP6" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="AQ6" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="AR6" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="AS6" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="AT6" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="X7" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="Y7" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="Z7" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="AA7" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="AB7" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="X8" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="Y8" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="Z8" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="AA8" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="AB8" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="AC8" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="AD8" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="AE8" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="AF8" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="AG8" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="AH8" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="AI8" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="AJ8" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="AK8" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="AL8" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="AM8" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="AN8" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="AO8" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="AP8" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="AQ8" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="AR8" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="AS8" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="AT8" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="AU8" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="AV8" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="AW8" r:id="rId_hyperlink_184"/>
+    <hyperlink ref="AX8" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="AY8" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="AZ8" r:id="rId_hyperlink_187"/>
+    <hyperlink ref="BA8" r:id="rId_hyperlink_188"/>
+    <hyperlink ref="BB8" r:id="rId_hyperlink_189"/>
+    <hyperlink ref="BC8" r:id="rId_hyperlink_190"/>
+    <hyperlink ref="BD8" r:id="rId_hyperlink_191"/>
+    <hyperlink ref="BE8" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="BF8" r:id="rId_hyperlink_193"/>
+    <hyperlink ref="BG8" r:id="rId_hyperlink_194"/>
+    <hyperlink ref="X9" r:id="rId_hyperlink_195"/>
+    <hyperlink ref="Y9" r:id="rId_hyperlink_196"/>
+    <hyperlink ref="Z9" r:id="rId_hyperlink_197"/>
+    <hyperlink ref="AA9" r:id="rId_hyperlink_198"/>
+    <hyperlink ref="AB9" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="AC9" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="AD9" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="AE9" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="AF9" r:id="rId_hyperlink_203"/>
+    <hyperlink ref="AG9" r:id="rId_hyperlink_204"/>
+    <hyperlink ref="AH9" r:id="rId_hyperlink_205"/>
+    <hyperlink ref="AI9" r:id="rId_hyperlink_206"/>
+    <hyperlink ref="AJ9" r:id="rId_hyperlink_207"/>
+    <hyperlink ref="AK9" r:id="rId_hyperlink_208"/>
+    <hyperlink ref="AL9" r:id="rId_hyperlink_209"/>
+    <hyperlink ref="AM9" r:id="rId_hyperlink_210"/>
+    <hyperlink ref="AN9" r:id="rId_hyperlink_211"/>
+    <hyperlink ref="AO9" r:id="rId_hyperlink_212"/>
+    <hyperlink ref="AP9" r:id="rId_hyperlink_213"/>
+    <hyperlink ref="AQ9" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="AR9" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="AS9" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="AT9" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="AU9" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="AV9" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="AW9" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="AX9" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="AY9" r:id="rId_hyperlink_222"/>
+    <hyperlink ref="AZ9" r:id="rId_hyperlink_223"/>
+    <hyperlink ref="BA9" r:id="rId_hyperlink_224"/>
+    <hyperlink ref="BB9" r:id="rId_hyperlink_225"/>
+    <hyperlink ref="BC9" r:id="rId_hyperlink_226"/>
+    <hyperlink ref="BD9" r:id="rId_hyperlink_227"/>
+    <hyperlink ref="BE9" r:id="rId_hyperlink_228"/>
+    <hyperlink ref="BF9" r:id="rId_hyperlink_229"/>
+    <hyperlink ref="BG9" r:id="rId_hyperlink_230"/>
+    <hyperlink ref="BH9" r:id="rId_hyperlink_231"/>
+    <hyperlink ref="BI9" r:id="rId_hyperlink_232"/>
+    <hyperlink ref="BJ9" r:id="rId_hyperlink_233"/>
+    <hyperlink ref="BK9" r:id="rId_hyperlink_234"/>
+    <hyperlink ref="BL9" r:id="rId_hyperlink_235"/>
+    <hyperlink ref="X10" r:id="rId_hyperlink_236"/>
+    <hyperlink ref="Y10" r:id="rId_hyperlink_237"/>
+    <hyperlink ref="Z10" r:id="rId_hyperlink_238"/>
+    <hyperlink ref="AA10" r:id="rId_hyperlink_239"/>
+    <hyperlink ref="AB10" r:id="rId_hyperlink_240"/>
+    <hyperlink ref="AC10" r:id="rId_hyperlink_241"/>
+    <hyperlink ref="AD10" r:id="rId_hyperlink_242"/>
+    <hyperlink ref="AE10" r:id="rId_hyperlink_243"/>
+    <hyperlink ref="AF10" r:id="rId_hyperlink_244"/>
+    <hyperlink ref="AG10" r:id="rId_hyperlink_245"/>
+    <hyperlink ref="AH10" r:id="rId_hyperlink_246"/>
+    <hyperlink ref="AI10" r:id="rId_hyperlink_247"/>
+    <hyperlink ref="X11" r:id="rId_hyperlink_248"/>
+    <hyperlink ref="Y11" r:id="rId_hyperlink_249"/>
+    <hyperlink ref="Z11" r:id="rId_hyperlink_250"/>
+    <hyperlink ref="AA11" r:id="rId_hyperlink_251"/>
+    <hyperlink ref="AB11" r:id="rId_hyperlink_252"/>
+    <hyperlink ref="AC11" r:id="rId_hyperlink_253"/>
+    <hyperlink ref="AD11" r:id="rId_hyperlink_254"/>
+    <hyperlink ref="AE11" r:id="rId_hyperlink_255"/>
+    <hyperlink ref="AF11" r:id="rId_hyperlink_256"/>
+    <hyperlink ref="AG11" r:id="rId_hyperlink_257"/>
+    <hyperlink ref="AH11" r:id="rId_hyperlink_258"/>
+    <hyperlink ref="AI11" r:id="rId_hyperlink_259"/>
+    <hyperlink ref="AJ11" r:id="rId_hyperlink_260"/>
+    <hyperlink ref="AK11" r:id="rId_hyperlink_261"/>
+    <hyperlink ref="AL11" r:id="rId_hyperlink_262"/>
+    <hyperlink ref="AM11" r:id="rId_hyperlink_263"/>
+    <hyperlink ref="AN11" r:id="rId_hyperlink_264"/>
+    <hyperlink ref="AO11" r:id="rId_hyperlink_265"/>
+    <hyperlink ref="AP11" r:id="rId_hyperlink_266"/>
+    <hyperlink ref="AQ11" r:id="rId_hyperlink_267"/>
+    <hyperlink ref="AR11" r:id="rId_hyperlink_268"/>
+    <hyperlink ref="AS11" r:id="rId_hyperlink_269"/>
+    <hyperlink ref="AT11" r:id="rId_hyperlink_270"/>
+    <hyperlink ref="AU11" r:id="rId_hyperlink_271"/>
+    <hyperlink ref="AV11" r:id="rId_hyperlink_272"/>
+    <hyperlink ref="AW11" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="AX11" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="AY11" r:id="rId_hyperlink_275"/>
+    <hyperlink ref="AZ11" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="BA11" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="BB11" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="BC11" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="BD11" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="BE11" r:id="rId_hyperlink_281"/>
+    <hyperlink ref="BF11" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="BG11" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="BH11" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="BI11" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="BJ11" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="BK11" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="BL11" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="BM11" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="BN11" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="BO11" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="BP11" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="BQ11" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="BR11" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="BS11" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="BT11" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="BU11" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="BV11" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="BW11" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="BX11" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="BY11" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="BZ11" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="CA11" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="CB11" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="X12" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="Y12" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="Z12" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="AA12" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="AB12" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="AC12" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="AD12" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="AE12" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="AF12" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="AG12" r:id="rId_hyperlink_314"/>
+    <hyperlink ref="AH12" r:id="rId_hyperlink_315"/>
+    <hyperlink ref="AI12" r:id="rId_hyperlink_316"/>
+    <hyperlink ref="AJ12" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="AK12" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="AL12" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="AM12" r:id="rId_hyperlink_320"/>
+    <hyperlink ref="AN12" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="AO12" r:id="rId_hyperlink_322"/>
+    <hyperlink ref="AP12" r:id="rId_hyperlink_323"/>
+    <hyperlink ref="AQ12" r:id="rId_hyperlink_324"/>
+    <hyperlink ref="AR12" r:id="rId_hyperlink_325"/>
+    <hyperlink ref="AS12" r:id="rId_hyperlink_326"/>
+    <hyperlink ref="AT12" r:id="rId_hyperlink_327"/>
+    <hyperlink ref="AU12" r:id="rId_hyperlink_328"/>
+    <hyperlink ref="AV12" r:id="rId_hyperlink_329"/>
+    <hyperlink ref="AW12" r:id="rId_hyperlink_330"/>
+    <hyperlink ref="AX12" r:id="rId_hyperlink_331"/>
+    <hyperlink ref="AY12" r:id="rId_hyperlink_332"/>
+    <hyperlink ref="AZ12" r:id="rId_hyperlink_333"/>
+    <hyperlink ref="BA12" r:id="rId_hyperlink_334"/>
+    <hyperlink ref="X13" r:id="rId_hyperlink_335"/>
+    <hyperlink ref="Y13" r:id="rId_hyperlink_336"/>
+    <hyperlink ref="Z13" r:id="rId_hyperlink_337"/>
+    <hyperlink ref="AA13" r:id="rId_hyperlink_338"/>
+    <hyperlink ref="AB13" r:id="rId_hyperlink_339"/>
+    <hyperlink ref="AC13" r:id="rId_hyperlink_340"/>
+    <hyperlink ref="AD13" r:id="rId_hyperlink_341"/>
+    <hyperlink ref="AE13" r:id="rId_hyperlink_342"/>
+    <hyperlink ref="AF13" r:id="rId_hyperlink_343"/>
+    <hyperlink ref="AG13" r:id="rId_hyperlink_344"/>
+    <hyperlink ref="AH13" r:id="rId_hyperlink_345"/>
+    <hyperlink ref="AI13" r:id="rId_hyperlink_346"/>
+    <hyperlink ref="AJ13" r:id="rId_hyperlink_347"/>
+    <hyperlink ref="AK13" r:id="rId_hyperlink_348"/>
+    <hyperlink ref="AL13" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="AM13" r:id="rId_hyperlink_350"/>
+    <hyperlink ref="AN13" r:id="rId_hyperlink_351"/>
+    <hyperlink ref="AO13" r:id="rId_hyperlink_352"/>
+    <hyperlink ref="AP13" r:id="rId_hyperlink_353"/>
+    <hyperlink ref="AQ13" r:id="rId_hyperlink_354"/>
+    <hyperlink ref="AR13" r:id="rId_hyperlink_355"/>
+    <hyperlink ref="AS13" r:id="rId_hyperlink_356"/>
+    <hyperlink ref="AT13" r:id="rId_hyperlink_357"/>
+    <hyperlink ref="AU13" r:id="rId_hyperlink_358"/>
+    <hyperlink ref="AV13" r:id="rId_hyperlink_359"/>
+    <hyperlink ref="AW13" r:id="rId_hyperlink_360"/>
+    <hyperlink ref="AX13" r:id="rId_hyperlink_361"/>
+    <hyperlink ref="AY13" r:id="rId_hyperlink_362"/>
+    <hyperlink ref="AZ13" r:id="rId_hyperlink_363"/>
+    <hyperlink ref="BA13" r:id="rId_hyperlink_364"/>
+    <hyperlink ref="BB13" r:id="rId_hyperlink_365"/>
+    <hyperlink ref="BC13" r:id="rId_hyperlink_366"/>
+    <hyperlink ref="BD13" r:id="rId_hyperlink_367"/>
+    <hyperlink ref="BE13" r:id="rId_hyperlink_368"/>
+    <hyperlink ref="BF13" r:id="rId_hyperlink_369"/>
+    <hyperlink ref="BG13" r:id="rId_hyperlink_370"/>
+    <hyperlink ref="BH13" r:id="rId_hyperlink_371"/>
+    <hyperlink ref="BI13" r:id="rId_hyperlink_372"/>
+    <hyperlink ref="BJ13" r:id="rId_hyperlink_373"/>
+    <hyperlink ref="BK13" r:id="rId_hyperlink_374"/>
+    <hyperlink ref="BL13" r:id="rId_hyperlink_375"/>
+    <hyperlink ref="BM13" r:id="rId_hyperlink_376"/>
+    <hyperlink ref="BN13" r:id="rId_hyperlink_377"/>
+    <hyperlink ref="BO13" r:id="rId_hyperlink_378"/>
+    <hyperlink ref="BP13" r:id="rId_hyperlink_379"/>
+    <hyperlink ref="BQ13" r:id="rId_hyperlink_380"/>
+    <hyperlink ref="BR13" r:id="rId_hyperlink_381"/>
+    <hyperlink ref="BS13" r:id="rId_hyperlink_382"/>
+    <hyperlink ref="BT13" r:id="rId_hyperlink_383"/>
+    <hyperlink ref="BU13" r:id="rId_hyperlink_384"/>
+    <hyperlink ref="BV13" r:id="rId_hyperlink_385"/>
+    <hyperlink ref="BW13" r:id="rId_hyperlink_386"/>
+    <hyperlink ref="BX13" r:id="rId_hyperlink_387"/>
+    <hyperlink ref="BY13" r:id="rId_hyperlink_388"/>
+    <hyperlink ref="BZ13" r:id="rId_hyperlink_389"/>
+    <hyperlink ref="CA13" r:id="rId_hyperlink_390"/>
+    <hyperlink ref="CB13" r:id="rId_hyperlink_391"/>
+    <hyperlink ref="CC13" r:id="rId_hyperlink_392"/>
+    <hyperlink ref="CD13" r:id="rId_hyperlink_393"/>
+    <hyperlink ref="CE13" r:id="rId_hyperlink_394"/>
+    <hyperlink ref="CF13" r:id="rId_hyperlink_395"/>
+    <hyperlink ref="CG13" r:id="rId_hyperlink_396"/>
+    <hyperlink ref="CH13" r:id="rId_hyperlink_397"/>
+    <hyperlink ref="CI13" r:id="rId_hyperlink_398"/>
+    <hyperlink ref="CJ13" r:id="rId_hyperlink_399"/>
+    <hyperlink ref="X14" r:id="rId_hyperlink_400"/>
+    <hyperlink ref="Y14" r:id="rId_hyperlink_401"/>
+    <hyperlink ref="Z14" r:id="rId_hyperlink_402"/>
+    <hyperlink ref="AA14" r:id="rId_hyperlink_403"/>
+    <hyperlink ref="AB14" r:id="rId_hyperlink_404"/>
+    <hyperlink ref="AC14" r:id="rId_hyperlink_405"/>
+    <hyperlink ref="AD14" r:id="rId_hyperlink_406"/>
+    <hyperlink ref="AE14" r:id="rId_hyperlink_407"/>
+    <hyperlink ref="X15" r:id="rId_hyperlink_408"/>
+    <hyperlink ref="Y15" r:id="rId_hyperlink_409"/>
+    <hyperlink ref="Z15" r:id="rId_hyperlink_410"/>
+    <hyperlink ref="AA15" r:id="rId_hyperlink_411"/>
+    <hyperlink ref="AB15" r:id="rId_hyperlink_412"/>
+    <hyperlink ref="AC15" r:id="rId_hyperlink_413"/>
+    <hyperlink ref="AD15" r:id="rId_hyperlink_414"/>
+    <hyperlink ref="AE15" r:id="rId_hyperlink_415"/>
+    <hyperlink ref="AF15" r:id="rId_hyperlink_416"/>
+    <hyperlink ref="AG15" r:id="rId_hyperlink_417"/>
+    <hyperlink ref="AH15" r:id="rId_hyperlink_418"/>
+    <hyperlink ref="AI15" r:id="rId_hyperlink_419"/>
+    <hyperlink ref="AJ15" r:id="rId_hyperlink_420"/>
+    <hyperlink ref="AK15" r:id="rId_hyperlink_421"/>
+    <hyperlink ref="AL15" r:id="rId_hyperlink_422"/>
+    <hyperlink ref="AM15" r:id="rId_hyperlink_423"/>
+    <hyperlink ref="AN15" r:id="rId_hyperlink_424"/>
+    <hyperlink ref="AO15" r:id="rId_hyperlink_425"/>
+    <hyperlink ref="AP15" r:id="rId_hyperlink_426"/>
+    <hyperlink ref="AQ15" r:id="rId_hyperlink_427"/>
+    <hyperlink ref="AR15" r:id="rId_hyperlink_428"/>
+    <hyperlink ref="AS15" r:id="rId_hyperlink_429"/>
+    <hyperlink ref="AT15" r:id="rId_hyperlink_430"/>
+    <hyperlink ref="AU15" r:id="rId_hyperlink_431"/>
+    <hyperlink ref="AV15" r:id="rId_hyperlink_432"/>
+    <hyperlink ref="X16" r:id="rId_hyperlink_433"/>
+    <hyperlink ref="Y16" r:id="rId_hyperlink_434"/>
+    <hyperlink ref="Z16" r:id="rId_hyperlink_435"/>
+    <hyperlink ref="AA16" r:id="rId_hyperlink_436"/>
+    <hyperlink ref="AB16" r:id="rId_hyperlink_437"/>
+    <hyperlink ref="AC16" r:id="rId_hyperlink_438"/>
+    <hyperlink ref="AD16" r:id="rId_hyperlink_439"/>
+    <hyperlink ref="AE16" r:id="rId_hyperlink_440"/>
+    <hyperlink ref="AF16" r:id="rId_hyperlink_441"/>
+    <hyperlink ref="AG16" r:id="rId_hyperlink_442"/>
+    <hyperlink ref="AH16" r:id="rId_hyperlink_443"/>
+    <hyperlink ref="AI16" r:id="rId_hyperlink_444"/>
+    <hyperlink ref="AJ16" r:id="rId_hyperlink_445"/>
+    <hyperlink ref="AK16" r:id="rId_hyperlink_446"/>
+    <hyperlink ref="AL16" r:id="rId_hyperlink_447"/>
+    <hyperlink ref="AM16" r:id="rId_hyperlink_448"/>
+    <hyperlink ref="AN16" r:id="rId_hyperlink_449"/>
+    <hyperlink ref="AO16" r:id="rId_hyperlink_450"/>
+    <hyperlink ref="AP16" r:id="rId_hyperlink_451"/>
+    <hyperlink ref="AQ16" r:id="rId_hyperlink_452"/>
+    <hyperlink ref="AR16" r:id="rId_hyperlink_453"/>
+    <hyperlink ref="AS16" r:id="rId_hyperlink_454"/>
+    <hyperlink ref="AT16" r:id="rId_hyperlink_455"/>
+    <hyperlink ref="AU16" r:id="rId_hyperlink_456"/>
+    <hyperlink ref="AV16" r:id="rId_hyperlink_457"/>
+    <hyperlink ref="AW16" r:id="rId_hyperlink_458"/>
+    <hyperlink ref="AX16" r:id="rId_hyperlink_459"/>
+    <hyperlink ref="AY16" r:id="rId_hyperlink_460"/>
+    <hyperlink ref="X17" r:id="rId_hyperlink_461"/>
+    <hyperlink ref="Y17" r:id="rId_hyperlink_462"/>
+    <hyperlink ref="Z17" r:id="rId_hyperlink_463"/>
+    <hyperlink ref="AA17" r:id="rId_hyperlink_464"/>
+    <hyperlink ref="AB17" r:id="rId_hyperlink_465"/>
+    <hyperlink ref="AC17" r:id="rId_hyperlink_466"/>
+    <hyperlink ref="AD17" r:id="rId_hyperlink_467"/>
+    <hyperlink ref="AE17" r:id="rId_hyperlink_468"/>
+    <hyperlink ref="AF17" r:id="rId_hyperlink_469"/>
+    <hyperlink ref="AG17" r:id="rId_hyperlink_470"/>
+    <hyperlink ref="AH17" r:id="rId_hyperlink_471"/>
+    <hyperlink ref="AI17" r:id="rId_hyperlink_472"/>
+    <hyperlink ref="AJ17" r:id="rId_hyperlink_473"/>
+    <hyperlink ref="AK17" r:id="rId_hyperlink_474"/>
+    <hyperlink ref="AL17" r:id="rId_hyperlink_475"/>
+    <hyperlink ref="AM17" r:id="rId_hyperlink_476"/>
+    <hyperlink ref="AN17" r:id="rId_hyperlink_477"/>
+    <hyperlink ref="AO17" r:id="rId_hyperlink_478"/>
+    <hyperlink ref="AP17" r:id="rId_hyperlink_479"/>
+    <hyperlink ref="AQ17" r:id="rId_hyperlink_480"/>
+    <hyperlink ref="AR17" r:id="rId_hyperlink_481"/>
+    <hyperlink ref="AS17" r:id="rId_hyperlink_482"/>
+    <hyperlink ref="AT17" r:id="rId_hyperlink_483"/>
+    <hyperlink ref="AU17" r:id="rId_hyperlink_484"/>
+    <hyperlink ref="AV17" r:id="rId_hyperlink_485"/>
+    <hyperlink ref="AW17" r:id="rId_hyperlink_486"/>
+    <hyperlink ref="AX17" r:id="rId_hyperlink_487"/>
+    <hyperlink ref="AY17" r:id="rId_hyperlink_488"/>
+    <hyperlink ref="AZ17" r:id="rId_hyperlink_489"/>
+    <hyperlink ref="BA17" r:id="rId_hyperlink_490"/>
+    <hyperlink ref="BB17" r:id="rId_hyperlink_491"/>
+    <hyperlink ref="BC17" r:id="rId_hyperlink_492"/>
+    <hyperlink ref="BD17" r:id="rId_hyperlink_493"/>
+    <hyperlink ref="BE17" r:id="rId_hyperlink_494"/>
+    <hyperlink ref="BF17" r:id="rId_hyperlink_495"/>
+    <hyperlink ref="BG17" r:id="rId_hyperlink_496"/>
+    <hyperlink ref="BH17" r:id="rId_hyperlink_497"/>
+    <hyperlink ref="BI17" r:id="rId_hyperlink_498"/>
+    <hyperlink ref="BJ17" r:id="rId_hyperlink_499"/>
+    <hyperlink ref="BK17" r:id="rId_hyperlink_500"/>
+    <hyperlink ref="BL17" r:id="rId_hyperlink_501"/>
+    <hyperlink ref="BM17" r:id="rId_hyperlink_502"/>
+    <hyperlink ref="BN17" r:id="rId_hyperlink_503"/>
+    <hyperlink ref="BO17" r:id="rId_hyperlink_504"/>
+    <hyperlink ref="BP17" r:id="rId_hyperlink_505"/>
+    <hyperlink ref="BQ17" r:id="rId_hyperlink_506"/>
+    <hyperlink ref="BR17" r:id="rId_hyperlink_507"/>
+    <hyperlink ref="X18" r:id="rId_hyperlink_508"/>
+    <hyperlink ref="Y18" r:id="rId_hyperlink_509"/>
+    <hyperlink ref="Z18" r:id="rId_hyperlink_510"/>
+    <hyperlink ref="AA18" r:id="rId_hyperlink_511"/>
+    <hyperlink ref="AB18" r:id="rId_hyperlink_512"/>
+    <hyperlink ref="AC18" r:id="rId_hyperlink_513"/>
+    <hyperlink ref="AD18" r:id="rId_hyperlink_514"/>
+    <hyperlink ref="AE18" r:id="rId_hyperlink_515"/>
+    <hyperlink ref="AF18" r:id="rId_hyperlink_516"/>
+    <hyperlink ref="AG18" r:id="rId_hyperlink_517"/>
+    <hyperlink ref="AH18" r:id="rId_hyperlink_518"/>
+    <hyperlink ref="AI18" r:id="rId_hyperlink_519"/>
+    <hyperlink ref="AJ18" r:id="rId_hyperlink_520"/>
+    <hyperlink ref="AK18" r:id="rId_hyperlink_521"/>
+    <hyperlink ref="AL18" r:id="rId_hyperlink_522"/>
+    <hyperlink ref="AM18" r:id="rId_hyperlink_523"/>
+    <hyperlink ref="AN18" r:id="rId_hyperlink_524"/>
+    <hyperlink ref="AO18" r:id="rId_hyperlink_525"/>
+    <hyperlink ref="AP18" r:id="rId_hyperlink_526"/>
+    <hyperlink ref="AQ18" r:id="rId_hyperlink_527"/>
+    <hyperlink ref="AR18" r:id="rId_hyperlink_528"/>
+    <hyperlink ref="AS18" r:id="rId_hyperlink_529"/>
+    <hyperlink ref="AT18" r:id="rId_hyperlink_530"/>
+    <hyperlink ref="AU18" r:id="rId_hyperlink_531"/>
+    <hyperlink ref="AV18" r:id="rId_hyperlink_532"/>
+    <hyperlink ref="X19" r:id="rId_hyperlink_533"/>
+    <hyperlink ref="Y19" r:id="rId_hyperlink_534"/>
+    <hyperlink ref="Z19" r:id="rId_hyperlink_535"/>
+    <hyperlink ref="AA19" r:id="rId_hyperlink_536"/>
+    <hyperlink ref="AB19" r:id="rId_hyperlink_537"/>
+    <hyperlink ref="AC19" r:id="rId_hyperlink_538"/>
+    <hyperlink ref="AD19" r:id="rId_hyperlink_539"/>
+    <hyperlink ref="AE19" r:id="rId_hyperlink_540"/>
+    <hyperlink ref="AF19" r:id="rId_hyperlink_541"/>
+    <hyperlink ref="AG19" r:id="rId_hyperlink_542"/>
+    <hyperlink ref="AH19" r:id="rId_hyperlink_543"/>
+    <hyperlink ref="X20" r:id="rId_hyperlink_544"/>
+    <hyperlink ref="Y20" r:id="rId_hyperlink_545"/>
+    <hyperlink ref="Z20" r:id="rId_hyperlink_546"/>
+    <hyperlink ref="AA20" r:id="rId_hyperlink_547"/>
+    <hyperlink ref="AB20" r:id="rId_hyperlink_548"/>
+    <hyperlink ref="AC20" r:id="rId_hyperlink_549"/>
+    <hyperlink ref="AD20" r:id="rId_hyperlink_550"/>
+    <hyperlink ref="AE20" r:id="rId_hyperlink_551"/>
+    <hyperlink ref="AF20" r:id="rId_hyperlink_552"/>
+    <hyperlink ref="AG20" r:id="rId_hyperlink_553"/>
+    <hyperlink ref="AH20" r:id="rId_hyperlink_554"/>
+    <hyperlink ref="AI20" r:id="rId_hyperlink_555"/>
+    <hyperlink ref="AJ20" r:id="rId_hyperlink_556"/>
+    <hyperlink ref="AK20" r:id="rId_hyperlink_557"/>
+    <hyperlink ref="AL20" r:id="rId_hyperlink_558"/>
+    <hyperlink ref="AM20" r:id="rId_hyperlink_559"/>
+    <hyperlink ref="AN20" r:id="rId_hyperlink_560"/>
+    <hyperlink ref="AO20" r:id="rId_hyperlink_561"/>
+    <hyperlink ref="AP20" r:id="rId_hyperlink_562"/>
+    <hyperlink ref="AQ20" r:id="rId_hyperlink_563"/>
+    <hyperlink ref="AR20" r:id="rId_hyperlink_564"/>
+    <hyperlink ref="AS20" r:id="rId_hyperlink_565"/>
+    <hyperlink ref="AT20" r:id="rId_hyperlink_566"/>
+    <hyperlink ref="AU20" r:id="rId_hyperlink_567"/>
+    <hyperlink ref="AV20" r:id="rId_hyperlink_568"/>
+    <hyperlink ref="AW20" r:id="rId_hyperlink_569"/>
+    <hyperlink ref="AX20" r:id="rId_hyperlink_570"/>
+    <hyperlink ref="AY20" r:id="rId_hyperlink_571"/>
+    <hyperlink ref="AZ20" r:id="rId_hyperlink_572"/>
+    <hyperlink ref="BA20" r:id="rId_hyperlink_573"/>
+    <hyperlink ref="BB20" r:id="rId_hyperlink_574"/>
+    <hyperlink ref="BC20" r:id="rId_hyperlink_575"/>
+    <hyperlink ref="BD20" r:id="rId_hyperlink_576"/>
+    <hyperlink ref="BE20" r:id="rId_hyperlink_577"/>
+    <hyperlink ref="BF20" r:id="rId_hyperlink_578"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -5083,32 +6160,32 @@
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SFB 1002 Literature Repository</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Literature Export 2025-12-30 07:37:30</dc:title>
-  <dc:description>Export of the SFB 1002 Literature Repository. (2025-12-30 07:37:30)</dc:description>
+  <dc:title>Literature Export 2026-02-23 08:26:18</dc:title>
+  <dc:description>Export of the SFB 1002 Literature Repository. (2026-02-23 08:26:18)</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>